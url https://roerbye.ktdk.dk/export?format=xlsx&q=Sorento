--- v0 (2025-10-05)
+++ v1 (2026-01-07)
@@ -44,1001 +44,954 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>27. maj. 1835</t>
-[...30 lines deleted...]
-    <t>13. jun. 1835</t>
+    <t>18. okt. 1840</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
     <t>Martinus Rørbye</t>
   </si>
   <si>
     <t>Frederikke Rørbye, f. Stockfleth</t>
   </si>
   <si>
-    <t>Napoli</t>
+    <t>Sorento</t>
   </si>
   <si>
     <t>København</t>
-  </si>
-[...415 lines deleted...]
-    <t>Sorento</t>
   </si>
   <si>
     <t>Juliane Sophie
 Louise
 Michael Djørup
 Caroline Dreyer
 Lyna Elisabeth Faye
 madam Ferrari
 Johannes Jakob Frey
 Frederik Ferdinand Friis
 Georg Hilker
 Christian Frederik Holm
 Nicolai Abraham Holten
 Christian Ipsen
 Albert Küchler
 Albert Landerer
 Adam Wilhelm Moltke-Bregentved
 Marie Elisabeth Moltke, f. Knuth
 Niels Christian Mühlensteth
 Jens Peter Møller
 Sophie Rantzau
 Robert Reinick
 Carl Andreas Reitzel
 Emma Eulalia Rørbye
 John Rørbye
 Julie Fredrikke Rørbye
 Christian Frederik Schiøtt
 Wilhelmine Schiøtt
 Charlotte Johanne Schiøtt, f. Schack
 Johan Wilhelm West
 Christian Frederik Zeuthen</t>
   </si>
   <si>
+    <t>Det kgl. Bibliotek, Acc. 1996/44</t>
+  </si>
+  <si>
     <t>https://roerbye.ktdk.dk/d/Q6on</t>
   </si>
   <si>
     <t>Sorent den 18de October 1840.
 Saare lang Tiid er det nu siden du saae Brev fra mig kjæreste Moder; at jeg i den Tiid har haft det temeligt godt tænker jeg imidlertiid du har hørt fra Schiøtt’s, der oftere saavel selv have skrevet som modtaget Efterretninger. Jeg veed vel at Postpengene hjemme ere høie, og af denne Grund vil jeg heller ikke fortænke, hverken dig eller Pigebørnene i, at de saa sjældent lade høre fra dem; dog, tænk dig, at det siste Brev, vi modtoge var det som Emma og Julie ifællesskab skrev til Rose, og da dette var i Martz, maae du indrømme mig at Mellemrummet nu er bleven temmeligt langt. Dog dette vil jeg nu glemme naar du kjære Moder, snart vil lade mig høre fra dig. At du og Søskenene ere raske, veed jeg vel af Mine’s Breve til Rose, dog Alt, hvad der ellers angaar Familien er jeg aldeeles uviidende om; kun med Undtagelse af Julies snart forestaaende Bryllup, som Mine i sit siste Brev fortalte os. Om dette og andet mere haaber jeg nu snart fra dig selv at erfare noget nærmere, og addresser da dit Brev til Rom; thi did drage vi igjen nu, omendskjønt det tidligere var ganske mod min Plan, som gik ud paa at tilbringe denne Vinter i Neapel eller endogsaa i Palermo. Hvad dette siste Sted angaar, da forbød et Vinterophold sig der af sig selv, da det der, ikke er muligt at faae andre Privat-Boliger end, naar man leiede en Etage, og da maatte man selv kjøbe alt Bohave, og anskaffe sig en egen Betjening, som naturligvis er Noget, en Reisende ikke kan indlade sig paa, ja ikke engang raadeligt, da man ikke kjender de Folk man kunne faae i Tjeneste; at tilbringe lang Tiid paa et Hotel blive der, som overalt [overstreget: meget] |alt| for dyrt, og der var derfor ingen anden Udvei, end at tage tilbage; thi i Neapel havde Rose, efter at hun havde erfaret Madam Ferraris Død aldeles ingen Lyst til at blive; hun var det eneste danske Fruentimer til hvem hun der kunne have holt sig. I Rom vil Rose have det bedre, vi komme der igjen til at boe, hvor vi sist vare, og hvor vi •2• især vare tilfredse hvad Folkene angik; thi hvad Værelserne betræffer, da var sandelig meget tilbage at ønske; paa en Reise maae man imidlertid søge at lade sig nøie, naar man blot træffer Noget taaleligt; en Ting staar dog mig for Hovedet, hvad disse Værelseer angaar, og det er, at jeg der kun have et saare slet Lys og en umaadelig indskrænket Plads til at male; er det derfor muligt at finde et lille Værelse i Nærheden af vor Bolig, da maae jeg hellere bequemme mig til at betale dette mere, jeg taber ellers maaske dobbelt ved mit Arbeide. Intet er i Rom vanskeligere end at finde en net lille Leilighed og et detil hørende Studie for en Maler foreenede, thi adskilte findes de allevegne, især naar man ikke behøver at see paa Priisen, og da dette nu ikke er Tilfælde med os, maae vi tage tiltakke. Kychler har havt dette vanskelige Hverv at leie Værelser; men skrev mig forgangne Dag, at trods all den Umage han og Landsmændene havde gjort dem, blev der ham kun levnet at leie de oven omtalte Værelser, for ikke maaske at udsætte os for, idet vi kom noget sildigere til Rom, da endogsaa at maatte lade os nøie med Noget langt slettere, da dette, jo altiid er det, der sist tages i Beslag. En god Ting er der ogsaa ved de Værelser vi nu igjen faae, og det er nemlig, at Folkene boe i samme Etage og altsaa ere til megen Beroligelse og Hjælp for Rose, naar jeg undertiden er ude. Dog, du maae nu ogsaa høre Lidt om vort Ophold paa Sicilien, hvorom du formodentlig hidindtil kun har hørt det værste, da vi nemlig i Begyndelse langtfra ikke følte os tilfredse der, ja næsten maatte jeg siige, at jeg da var paa Nippet af at fortryde denne Reise. Aarsagen dertil var især den, at vi vare komne for tidlig paa Aaret did og havde da at kjæmpe med den umaadelig stærke Heede, der for os endnu blev føleligere derved, at vi i Hotelet hvor vi logerede havde faaet et qualmt og uhyggeligt Værelse, hvor saavel Rose som jeg vare misfornøiede. Da vi imidlertid efter et kort Ophold kom til en rimeligere Acort med Værten, og blev indrømmet 2 andre og saare hyggelige Værelser, hvoraf det ene havde en stor Balcon ud til Byens Hovedgade Toledo, følte vi os ganske anderledes, da Luften der var kjøligere og Færdselen paa Gaden og Pladse ligefor vore •3• Vinduer gjorde det saare muntert. Det var unægteligt temeligt dyrt i dette Hotel, der iøvrigt ellers saavel var et af de første i Palermo, som ogsaa et med de billigere af de dyre; Priisen altsaa var det hvorover vi kunne beklage os; thi Alt andet var overordentligt godt, og vi behøvede blot at yttre hvorledes vi ville have det, og man søgte da strax at opfylde vort Ønske; jeg havde her, hvad der ellers paa en Reise hører til Sjældenhederne, god Leilighed til at holde Diæt, og dette iforeening med det milde Klima [overstreget: hvor] da Varmen langtfra ikke generede mig i den Grad som Rose, troer jeg at kunne tilskrive, at jeg befant mig saa vel, som jeg ikke i de seenere Aar har følt mig. Kun i Begyndelsen var det at jeg skrantede og da jeg derfor talte om at gjøre en Tuur gjennem Landet til Girgenti raadede alle mig derfra, da jeg alt for meget ville blive udsat for den brændende Heede. Jeg viste imidlertiid at Rose ville være i god Forvaring hvor vi vare, og da jeg ikke saae nogen Mulighed for at kunne gjøre den heele Tuur omkring Øen paa den Aarstiid, blev jeg ved mit Forsæt og reiste i Følge med et Par schveitzer Malere afsted. Tuuren fra Palermo til Girgenti var mig unægtelig drøi, at Solheeden kunne genere i den høie Grad havde jeg ikke forestilt mig, og denne Heede iforeening med det anstrengende Ridt i et Par Dage fra Solopgang til dens Nedgang saavel som den liden Bequemlighed man underveis fant i de yderst slette Værtshuuse, gjorde at jeg helt syg ankom til Girgenti, og maatte ovenikjøbet der tage til takke med at logere i det sletteste og mest skidenfærdige Værtshuus hvori jeg nogensinde har været; de Tiimer jeg var nødt til at tilbringe der var mig en sand Qual, dog da dette blot var seent om Aftenen og om Natten var ogsaa dette til at udholde; thi med Solens Opgang var jeg hver Dag alt ude af Huuset, og tilbragte da heele Dagen i frie Luft uden for Byen ved de antique Templer. Jeg opholt mig i Girgenti i omtrent 10 Dage og min Sundhed vandt ganske overordentligt; jeg kunne spiise Alt og med den beste Appetit, jeg indrettede min Diæt efter Landets Brug der, og drev det til at jeg daglig spiiste 2 store Meloner drak Limonade og andet S[...], som jeg ikke tidligere havde turdet vove paa; jeg var oplagt til at arbeide, og altiid i godt Lune, den bekjæ[n]t gode Luft i Girgenti har vist ogsaa havt sin Andeel i denne Forandring paa mig. Da jeg kom tilbage til Palermo var Rose og Alle Bekjente ganske frapperede ved at see mig saaledes; da de af den Mand der havde ført mig til Girgenti alt havde hørt, hvor syg jeg havde været paa Udreisen troede de, at jeg ville komme tilbage som en heel Latzarus. Siden den Tiid har jeg næsten været ganske rask, og kun Heeden i den første Tiid i Palermo har gjort, at jeg maaske da kunne have faaet Noget mere bestilt, Udbyttet af min Reise •2• har ellers ikke været saa daarligt; og saavel Rose som jeg ere nu enige i at Palermo er det yndigste af de Steder hvor vi hidindtil have opholt os, og nødig forlode vi nu Byen hvor vi ogsaa havde gjort nogle ret vakre Bekjentskaber. Vor Reise med Dampbaaden til Neapel var saare heldig, den ene Morgen Kl 7½ reiste vi fra Palermo og Kl 6 den følgende Morgen vare vi alt i Neapel uden at Rose dennegang havde følt sig synderlig syg. Forskjellen imellem Temperaturen i Palermo og her følte vi stærkt, der forlode vi endnu en stærk Varme, og her var det os •1• især om Morgenen og Aftenerne næsten alt for kjøligt; dette vil imidlertiid ikke sige mere end at det Clima vi nu her have i October, omtrent er svarende til Sommervarmen hjemme. I Neapel have vi blot opholt os et Par Dage da vi toge her over, hvor jeg havde et Studie at gjøre til et Malerie til Zeuthen; thi nu maae jeg igjen begynde at tænke alvorligt paa at fortjene nogle af de Penge igjen, som den dyre Reise til Sicilien har kostet. Naar du skriver til Wilhelm, da beed ham meget at hilse Grev Moltke’s og han maae da fortælle dem hvormeget bedre jeg nu befinder mig, jeg tror det saavel vil glæde Greven som Grevinden der toge saa megen Deel i Bestræbelserne for at faae mig bort. W kan ogsaa fortælle Greven at jeg i Palermo har gjort et stort Studie til et Malerie af det bekjente Kong Roger’s Capel, og at jeg har isinde at male dette for ham |vis det er hans Ønske|, det er Noget af det smukkeste i den Gener jeg kjender, hjemme har det ikke tidligere været seet; deels fordi ingen dansk Maler har opholt sig der saa længe, deels ogsaa fordi de, der have været ikke have vovet dem til at begynde dette besværlige Arbeide. Mig har det kostet megen Umage Tiid og Penge, da jeg allene til dette Studie har brugt 1½ Maaned og dertil arbeidet flittigt.
 Naar du skriver mig til, da lad mig endelig ogsaa viide om John har modtaget et Hefte fra Reitzel med Reineck’s Digte og Raderinger, jeg bad Reineck da jeg endnu var i Rom at sende dette til Kjøbenhavn, og nu skal jeg naar jeg seer ham igjen betale det, jeg ønskede derfor først at viide om det ogsaa rigtigt var ankommen; glem endelig ikke at underrette mig herom. Rose beeder mig at hilse dig kjære Moder og Alle Søskende meget, hun er rask og jeg tror fornøiet, hendes Houmeur nu ulige bedre end i Begyndelsen af vor Reise, da Hjemvee vist ofte har generet hende betydelig omenskjønt hun søgte saa meget som muligt at bekjæmpe det. Mod mig er hun saa vakker som det vel er muligt, og skal jeg selv siige det, gjør jeg ogsaa alt for at see hende tilfreds, at hun paaskjønder dette er jeg nu overbeviist om. Fra mig maae du hilse alle de kjære Søskende og da ogsaa Mylensted Ipsen og Wilhelm ikke at forglemme. Rose’s og min Samtale dreie sig ofte om disse kjære Venner. Fortæl Djørup hvor rask jeg er bleven det vil vist glæde ham. Naar du seer Frue Berg da hils hende meget og beed hende at formidle min underdanige Kompliment til Prindsesserne; til Prindsesse Juliane har jeg ogsaa paa Sicilien gjort et Studie til et Malerie som jeg i Vinter agter at udføre i Rom vis Gud vil, at jeg fremdeeles bliver saa rask. Til Capitain Holstein, Lyna, Sophie Rantzau, Caroline i Helsingøer samt Alle andre Huusets Venner saavel som til Schiøtt’s maae jeg ogsaa bede dig særdeles at hilse fra 
 din hengivne Søn Martinus
 Lev nu ret vel kjæreste gode Moder og skriv snart; de første Dage af November vil vi være tilbage i Rom. Hvorledes lever vel Moster?
 •2•
 Hilkjær som er den eneste Dansker der for Tiiden er i Neapel har bedet mig naar jeg skrev hjem da at lade Friis’es hilse fra ham, han har været syg de[r] men er nu igjen temelig rask og tænker snart at vende hjem. Seer du eller John Nogen af Accademiets Personale da maae du ikke glemme at hilse fra mig; jeg skal snart skrive enten til Professor Møller eller til Etatsraad Holm, beed John imidlertiid at sige ham at den Vexel jeg saa længselsfuld ventede i Palermo seenere ankom og at jeg saaledes blev befriet for den Pengeforlegenhed jeg dengang var bange for. Er det Malerie jeg sente hjem fra Rom til Conferentsraad Holten endnu ikke ankommen? jeg længes meget efter at høre Noget derom, søg at skaffe mig dette at viide, og lev da indtil viidere ret inderlig glad og fornøiet. Længe vil det vist ikke vare inden du igjen see os hos dig kjære Moder, ogsaa jeg længes ofte efter det kjære Hjem, kun det staar mig da for Hovedet om jeg da ogsaa der vil være saa rask som jeg nu er det her.</t>
   </si>
   <si>
+    <t>18. jul. 1835</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Heinrich Wilhelm Schulz</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/BAVmQkug</t>
+  </si>
+  <si>
+    <t>24. jan. 1840</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/YSrEeohU</t>
+  </si>
+  <si>
+    <t>Parti af franciskanerklosteret i Sorrento</t>
+  </si>
+  <si>
+    <t>Værk</t>
+  </si>
+  <si>
+    <t>http://roerbye.ktdk.dk/vaerker/parti-af-franciskanerklosteret-i-sorrento</t>
+  </si>
+  <si>
+    <t>Haven i kapucinerklosteret i Sorrento</t>
+  </si>
+  <si>
+    <t>http://roerbye.ktdk.dk/vaerker/haven-i-kapucinerklosteret-i-sorrento</t>
+  </si>
+  <si>
+    <t>Klipper på stranden ved Sorrento</t>
+  </si>
+  <si>
+    <t>http://roerbye.ktdk.dk/vaerker/klipper-paa-stranden-ved-sorrento</t>
+  </si>
+  <si>
+    <t>Klippeparti ved Sorrento</t>
+  </si>
+  <si>
+    <t>http://roerbye.ktdk.dk/vaerker/klippeparti-ved-sorrento</t>
+  </si>
+  <si>
+    <t>Gård i franciskanerklosteret i Sorrento</t>
+  </si>
+  <si>
+    <t>http://roerbye.ktdk.dk/vaerker/gard-i-franciskanerklosteret-i-sorrento</t>
+  </si>
+  <si>
+    <t>Klostergang i franciskanerklosteret i Sorrento</t>
+  </si>
+  <si>
+    <t>http://roerbye.ktdk.dk/vaerker/klostergang-i-franciskanerklosteret-i-sorrento</t>
+  </si>
+  <si>
+    <t>Pergolaen i kapucinerklosteret i Sorrento. Munke spille kegler</t>
+  </si>
+  <si>
+    <t>http://roerbye.ktdk.dk/vaerker/pergolaen-i-kapucinerklosteret-i-sorrento-munke-spille-kegler</t>
+  </si>
+  <si>
+    <t>Klostergangen i kapucinerklosteret. Sorrento</t>
+  </si>
+  <si>
+    <t>http://roerbye.ktdk.dk/vaerker/klostergangen-i-kapucinerklosteret-sorrento</t>
+  </si>
+  <si>
+    <t> 9. jun. 1835</t>
+  </si>
+  <si>
+    <t>A. Löwe</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/Fd2V5vBg</t>
+  </si>
+  <si>
+    <t>21. dec. 1840</t>
+  </si>
+  <si>
+    <t>Niels Sigfred Nebelong
+Jørgen Roed</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/ZP9HrzYS</t>
+  </si>
+  <si>
+    <t>28. feb. 1841</t>
+  </si>
+  <si>
+    <t>Bengt Erland Fogelberg
+Constantin Hansen
+Albert Küchler
+Niels Sigfred Nebelong</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/mw0TTR4a</t>
+  </si>
+  <si>
+    <t>16. okt. 1840</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/0D8VLNJv</t>
+  </si>
+  <si>
+    <t> 9. okt. 1840</t>
+  </si>
+  <si>
+    <t>Barone
+Francesco Ferrari
+Freudenreich
+Albert Landerer</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/eakdzRaS</t>
+  </si>
+  <si>
+    <t>12. okt. 1840</t>
+  </si>
+  <si>
+    <t>Francesco Ferrari</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/C0TV5sJ1</t>
+  </si>
+  <si>
+    <t>27. maj. 1835</t>
+  </si>
+  <si>
+    <t>Johan Fleischer
+Guisso
+Leonardo Hofmeister
+Frederik August Paludan
+Rosenkrantz</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/QdD8dU6m</t>
+  </si>
+  <si>
+    <t> 8. jun. 1835</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/5iLFN6K3</t>
+  </si>
+  <si>
+    <t> 1. sep. 1835</t>
+  </si>
+  <si>
+    <t>Gustav Böchk</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/InfECrPz</t>
+  </si>
+  <si>
+    <t>10. okt. 1840</t>
+  </si>
+  <si>
+    <t>Barone
+Francesco Ferrari
+Georg Hilker</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/sC97lRM4</t>
+  </si>
+  <si>
+    <t>Udgifter i juni 1835</t>
+  </si>
+  <si>
+    <t>Michele Pagano</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/0n60Xldg</t>
+  </si>
+  <si>
+    <t> 4. jul. 1835</t>
+  </si>
+  <si>
+    <t>Leonardo Hofmeister
+Rosa Petagna</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/NorrM2il</t>
+  </si>
+  <si>
+    <t>Udgifter i juli 1835</t>
+  </si>
+  <si>
+    <t>Julie Fredrikke Rørbye</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/hPUR1wbD</t>
+  </si>
+  <si>
+    <t>Vaskeregnskab 1834-37</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/ICPlcoUN</t>
+  </si>
+  <si>
+    <t>11. aug. 1840</t>
+  </si>
+  <si>
+    <t>Johannes Jakob Frey
+Albert Landerer
+Sprenger
+madam Sprenger</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/6ySq7Fzr</t>
+  </si>
+  <si>
+    <t>13. okt. 1840</t>
+  </si>
+  <si>
+    <t>Luigi</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/jvlmy4QG</t>
+  </si>
+  <si>
+    <t>14. okt. 1840</t>
+  </si>
+  <si>
+    <t>Andre
+Maria Luisa
+Rosa Petagna</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/NK8ofzmL</t>
+  </si>
+  <si>
     <t>https://roerbye.ktdk.dk/n/VMRYudN3</t>
   </si>
   <si>
-    <t>19. okt. 1840</t>
-[...40 lines deleted...]
-    <t>https://roerbye.ktdk.dk/n/iwZdQFI1</t>
+    <t>Udgifter for købte ting på rejsen 1834-37</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/evOPbQz0</t>
+  </si>
+  <si>
+    <t>Udgifter for klæder etc. 1834-37</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/BIHVlTFm</t>
+  </si>
+  <si>
+    <t> 7. jul. 1835</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/Q2LJoAxp</t>
+  </si>
+  <si>
+    <t> 9. jul. 1835</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/cGTOlFNe</t>
+  </si>
+  <si>
+    <t>10. jul. 1835</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/Vq91Zv9g</t>
+  </si>
+  <si>
+    <t>11. jul. 1835</t>
+  </si>
+  <si>
+    <t>Ludwig Asher
+Pasquale Spasiano
+Cornelia Tasso
+Torquato Tasso</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/M7Xx6g1O</t>
   </si>
   <si>
     <t>26. okt. 1840</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/n/wvNuWveB</t>
   </si>
   <si>
     <t>29. okt. 1840</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/n/TTFqk0NC</t>
   </si>
   <si>
-    <t>30. okt. 1840</t>
-[...8 lines deleted...]
-  <si>
     <t>31. okt. 1840</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/n/SKxpuO6q</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://roerbye.ktdk.dk/n/GVM3pjcj</t>
   </si>
   <si>
     <t> 4. nov. 1840</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/n/z5kJ2bHg</t>
   </si>
   <si>
     <t>27. nov. 1840</t>
   </si>
   <si>
     <t>Olivia Francisca Eddelien, f. Hjorth
 Bengt Erland Fogelberg
 John Rørbye
 Christian Frederik Zeuthen</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/n/1049FbSc</t>
   </si>
   <si>
     <t> 7. dec. 1840</t>
   </si>
   <si>
     <t>Vilhelm Grevencop-Castenschiold
 Meccelina Pocobelli
 Conrad Rothe
 Christian Frederik Zeuthen</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/n/Ue9yxAjG</t>
   </si>
   <si>
-    <t>11. dec. 1840</t>
-[...121 lines deleted...]
-  <si>
     <t> 2. jan. 1841</t>
   </si>
   <si>
     <t>Heinrich Eddelien
 Olivia Francisca Eddelien, f. Hjorth
 Christian Frederik Zeuthen</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/n/127qRPoh</t>
   </si>
   <si>
-    <t> 6. jan. 1841</t>
-[...2 lines deleted...]
-    <t>https://roerbye.ktdk.dk/n/bN3Ykka1</t>
+    <t>16. feb. 1841</t>
+  </si>
+  <si>
+    <t>Christian Frederik Zeuthen</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/yGyty9RI</t>
+  </si>
+  <si>
+    <t>17. feb. 1841</t>
+  </si>
+  <si>
+    <t>Alexander Brun
+Carl Frederik Balthasar Brun
+Emilie Brun
+Friderica Margaretha Brun, f. Bügel
+Niels Sigfred Nebelong
+Meccelina Pocobelli</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/42IbQURf</t>
+  </si>
+  <si>
+    <t>19. feb. 1841</t>
+  </si>
+  <si>
+    <t>Bengt Erland Fogelberg</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/a2oXPlZJ</t>
+  </si>
+  <si>
+    <t> 6. mar. 1841</t>
+  </si>
+  <si>
+    <t>Georg Hilker
+Christian Frederik Zeuthen</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/sNqK3K4u</t>
+  </si>
+  <si>
+    <t>31. mar. 1841</t>
+  </si>
+  <si>
+    <t>Olivia Francisca Eddelien, f. Hjorth</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/tXPZs8g7</t>
+  </si>
+  <si>
+    <t> 2. apr. 1841</t>
+  </si>
+  <si>
+    <t>Carl Frederik Balthasar Brun
+Friderica Margaretha Brun, f. Bügel</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/5KqvnKCf</t>
+  </si>
+  <si>
+    <t>21. jul. 1835</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/034gCuDj</t>
+  </si>
+  <si>
+    <t>22. jul. 1835</t>
+  </si>
+  <si>
+    <t>Bonaventura</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/uPuWnCuy</t>
+  </si>
+  <si>
+    <t>23. jul. 1835</t>
+  </si>
+  <si>
+    <t>Andre</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/weEBErTh</t>
+  </si>
+  <si>
+    <t>25. jul. 1835</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/uJCN21zL</t>
+  </si>
+  <si>
+    <t>26. jul. 1835</t>
+  </si>
+  <si>
+    <t>Rosina
+Ercole Gigante</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/TqReQg0d</t>
   </si>
   <si>
     <t>13. jan. 1841</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/n/JZC940hA</t>
+  </si>
+  <si>
+    <t>13. jul. 1835</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/AMnlAi3O</t>
+  </si>
+  <si>
+    <t>19. jul. 1835</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/3vcbFiFJ</t>
+  </si>
+  <si>
+    <t>20. jul. 1835</t>
+  </si>
+  <si>
+    <t>Bonaventura
+Guisso</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/BRaqm08C</t>
   </si>
   <si>
     <t>14. jan. 1841</t>
   </si>
   <si>
     <t>Georg Hilker
 Jens Peter Møller
 Elise Rørbye
 Emma Eulalia Rørbye
 Julie Fredrikke Rørbye
 Christian Frederik Zeuthen</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/n/Miv8dzEV</t>
   </si>
   <si>
-    <t>16. feb. 1841</t>
-[...15 lines deleted...]
-Niels Sigfred Nebelong
+    <t> 8. jul. 1835</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/yNskLjVU</t>
+  </si>
+  <si>
+    <t>12. jul. 1835</t>
+  </si>
+  <si>
+    <t>Pasquale Spasiano</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/aeje7cGR</t>
+  </si>
+  <si>
+    <t>15. okt. 1840</t>
+  </si>
+  <si>
+    <t>Andre
+Maria Luisa
+Francesco Ferrari
+Rosa Petagna</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/Jg7NzxGK</t>
+  </si>
+  <si>
+    <t>17. okt. 1840</t>
+  </si>
+  <si>
+    <t>Maria Luisa
+Rosa Petagna
+Salvator Rosa</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/9paBIpsQ</t>
+  </si>
+  <si>
+    <t>19. okt. 1840</t>
+  </si>
+  <si>
+    <t>Andre
+Georg Hilker</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/A7vu0EeH</t>
+  </si>
+  <si>
+    <t>21. okt. 1840</t>
+  </si>
+  <si>
+    <t>Constantin Hansen
+Georg Hilker
+Adam Müller
+Rosa Petagna</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/7uwwhl94</t>
+  </si>
+  <si>
+    <t>30. okt. 1840</t>
+  </si>
+  <si>
+    <t>Luigi
+Salvator Rosa</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/YWaDUObR</t>
+  </si>
+  <si>
+    <t> 1. nov. 1840</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/QuveHnYn</t>
+  </si>
+  <si>
+    <t> 2. nov. 1840</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/GVM3pjcj</t>
+  </si>
+  <si>
+    <t>12. dec. 1840</t>
+  </si>
+  <si>
+    <t>Gaetano</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/dx042zP9</t>
+  </si>
+  <si>
+    <t>22. dec. 1840</t>
+  </si>
+  <si>
+    <t>Margarita
+Constantin Hansen
+Adam Müller
+Niels Sigfred Nebelong</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/e4afwuHG</t>
+  </si>
+  <si>
+    <t>23. dec. 1840</t>
+  </si>
+  <si>
+    <t>H.C. Andersen
+Carl Løffler</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/vLV9oBxC</t>
+  </si>
+  <si>
+    <t>24. dec. 1840</t>
+  </si>
+  <si>
+    <t>Johann Friedrich Overbeck
 Meccelina Pocobelli</t>
   </si>
   <si>
-    <t>https://roerbye.ktdk.dk/n/42IbQURf</t>
+    <t>https://roerbye.ktdk.dk/n/DmiLQDWL</t>
+  </si>
+  <si>
+    <t>25. dec. 1840</t>
+  </si>
+  <si>
+    <t>Georg Hilker</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/v8wczpul</t>
+  </si>
+  <si>
+    <t>27. dec. 1840</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/ZihOVYv6</t>
+  </si>
+  <si>
+    <t>30. dec. 1840</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/gknc664t</t>
+  </si>
+  <si>
+    <t>31. dec. 1840</t>
+  </si>
+  <si>
+    <t>Niels Sigfred Nebelong</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/iOYhk7WL</t>
+  </si>
+  <si>
+    <t> 6. jan. 1841</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/bN3Ykka1</t>
   </si>
   <si>
     <t>18. feb. 1841</t>
   </si>
   <si>
     <t>Alexander Brun
 Carl Frederik Balthasar Brun
 Emilie Brun
 Friderica Margaretha Brun, f. Bügel
 Meccelina Pocobelli</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/n/HVjxaIzt</t>
-  </si>
-[...7 lines deleted...]
-    <t>https://roerbye.ktdk.dk/n/a2oXPlZJ</t>
   </si>
   <si>
     <t>22. feb. 1841</t>
   </si>
   <si>
     <t>Carl Frederik Balthasar Brun
 Friderica Margaretha Brun, f. Bügel
 Heinrich Eddelien
 Olivia Francisca Eddelien, f. Hjorth
 Robert Wilhelm Ekman
 Niels Sigfred Nebelong</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/n/m4kDdLeG</t>
   </si>
   <si>
     <t>25. feb. 1841</t>
   </si>
   <si>
     <t>Emilie Brun
 Heinrich Eddelien
 Olivia Francisca Eddelien, f. Hjorth
 Vilhelm Grevencop-Castenschiold
 Meccelina Pocobelli</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/n/70oefPVx</t>
   </si>
   <si>
-    <t>28. feb. 1841</t>
-[...10 lines deleted...]
-  <si>
     <t> 5. mar. 1841</t>
   </si>
   <si>
     <t>Carl Frederik Balthasar Brun
 Emilie Brun
 Olivia Francisca Eddelien, f. Hjorth
 Olof Johan Södermark</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/n/ud7vHKBd</t>
   </si>
   <si>
-    <t> 6. mar. 1841</t>
+    <t> 3. apr. 1841</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/3roK5z2W</t>
+  </si>
+  <si>
+    <t>15. jul. 1835</t>
+  </si>
+  <si>
+    <t>Giacomo Gigante
+Gabriele Smargiassi
+Teodoro Guglielmo Witting</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/Ns00TBxQ</t>
+  </si>
+  <si>
+    <t>22. okt. 1840</t>
   </si>
   <si>
     <t>Georg Hilker
-Christian Frederik Zeuthen</t>
-[...2 lines deleted...]
-    <t>https://roerbye.ktdk.dk/n/sNqK3K4u</t>
+Nicolai Abraham Holten
+Jens Peter Møller
+Ferdinand Christian Rørbye
+Julie Fredrikke Rørbye</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/jfNRPstX</t>
+  </si>
+  <si>
+    <t>24. okt. 1840</t>
+  </si>
+  <si>
+    <t>Jens Peter Møller</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/iwZdQFI1</t>
+  </si>
+  <si>
+    <t>17. dec. 1840</t>
+  </si>
+  <si>
+    <t>Nicolo</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/VUp1TVXW</t>
+  </si>
+  <si>
+    <t>18. dec. 1840</t>
+  </si>
+  <si>
+    <t>Margarita
+Nicolo
+Bengt Erland Fogelberg
+Niels Sigfred Nebelong</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/gZw0kYWO</t>
+  </si>
+  <si>
+    <t>17. jul. 1835</t>
+  </si>
+  <si>
+    <t>Gabriele Smargiassi</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/k804cksa</t>
+  </si>
+  <si>
+    <t>11. dec. 1840</t>
+  </si>
+  <si>
+    <t>Nanna
+Savetti</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/CagO1NUf</t>
+  </si>
+  <si>
+    <t>14. dec. 1840</t>
+  </si>
+  <si>
+    <t>Nicolo
+Adam Müller
+Julie Fredrikke Rørbye</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/HVmPAZO7</t>
   </si>
   <si>
     <t>11. mar. 1841</t>
   </si>
   <si>
     <t>Christian Frederik Schiøtt</t>
   </si>
   <si>
     <t>Rom</t>
   </si>
   <si>
     <t>Christian Dalgas
 Johan Fleischer
 Johann August Wilhelm Gurlitt
 Louis Gurlitt
 madam Meyer
 Elise Rørbye
 Wilhelmine Schiøtt
 Charlotte Johanne Schiøtt, f. Schack
 Sprenger</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/d/OOmm</t>
   </si>
   <si>
     <t>Rom den 11te Martz 1841.
 Kjære Svigerfader.
 Efter mit siste Brev til min Moder af 8de dennes, har du formodentlig alt erfaret min Beslutning at vende tilbage til Eder kjære Venner iløbet af tilstundende Sommer. Som jeg skrev Moder, saaledes maae jeg ogsaa gjentage det for dig, at denne Beslutning er foranlediget ioverbeviisning om, at jeg saaledes handlede rigtigst efter nærværende Omstændigheder; thi ikke er den en Følge af Kjede ved at opholde mig her, et Aars længere Ophold i Syden ville maaske ogsaa bidrage endmere til at befæste min Helbred, der nu alt er betydeligt forbedret siden jeg forlod Hjemmet. Dog, til rigtigt at arbeide her, har jeg nu, da den lille Athalia har indfunden sig, ingen Roe mere; vi ere, og kunne ikke være indrettede her, som hjemme, dertil udfordres flere Penge end vi have, og havde man endogsaa Midlerne, da er det italienske Tjenestetyende langt fra som vort nordiske, deres Begreber om huuslig Gjerning ere saare overfladiske, og hvad Athalia angaar, da ville Rose ikke engang med Tryghed kunne betroe hende ene til en Piige her. Dette gjør altsaa, at Rose nu er umaadelig bunden, og, at see hende, saavel som mig selv i en Stilling vis Ubehageligheder blot kan hæves ved at forandre Ophold, gjør naturligviis, at man søger at træffe det bedre, og saa meget hellere, som vi ere forvissede om i Hjemmet at blive modtagne kjærligt af Familie og Venner; Sydens Skjønhed og milde Klima maae da staae i Baggrunden. At du kjære Svigerfader billiger denne vor Beslutning kan jeg ikke tivivle om, du maae jo desuden være bleven opmærksom paa den Mængde Penge vi have brugt, og godt kunne indseet, at dette ikke saaledes kunne gaae ilængden, naar jeg ikke kunne arbeide desmere her, og foruden det jeg gjennem dig har modtaget, er ogsaa hvad jeg gjennem Professor Møller er bleven tilsent for mine Arbeider stærkt i Aftagende. Rom er for Tiiden et Sted •2• hvor Opholdet er umaadeligt dyrt, naar man ikke lever som ene Menneske. Da kan man leve ret economisk her og forholdsviis maaske bedre end hjemme. Med os er det Omvendt; tænk dig, vi betale her omtrent 500 Rdl allene i Husleie aarligt og dog har jeg den store Ubequemhed, at maatte gaae ud af Huuset til mit Attelie, der ligger et Par Gader fra vor Bopæl. Saaledes staar Alt Andet omtrent i samme Forhold og saa god end Opvartning vi efter Omstændighederne her have, staae dog sandelig meget tilbage at ønske for at kunne føre et nogenlunde behageligt Liv. Ville vi engang imellem gaae ud med den lille Athalia, da maae strax et Menneske betales aparte for at bære Barnet, eller vil man her kjøre, da gjør man ikke en lille Tuur paa nogle Tiimer ringere end 3 a 4 Rdl og det er naturligviis for meget; kort, Alt hvad der angaar Livet maae man her saune Meget af hvad man i Hjemmet med Lethed kan have. At Rose derfor er glad ved den Beslutning vi nu have taget, behøver jeg vel neppe at siige, hun er dog ikke den, der særdeeles har opmuntret dertil; Frygten for at et Tilbagefald i min Sygdom skulle indfinde sig, naar vi kom hjem, er formodentlig Aarsag i at hun, hvad Hjemreisen angaar, har mere holt sig neutral. I Slutningen af Mai eller senest i Begyndelsen af Juni agte vi at reise herfra, vær derfor saagod saasnart som muligt at sende mig Penge til Beløb 600 Rdl: vel har jeg nu et Par Malerier færdige, der omtrent kunne udgjøre denne Sum; men Pengene derfor kan jeg ikke faae før, de ere ved deres Bestemmelse hjemme, og nu da jeg saasnart reiser, tror jeg det er best jeg selv tager dem med mig. De Penge du sender mig ønskede jeg helst at kunne hæve i Milano, Statsburg og Hamburg, jeg tror det ville være fordeelagtigt for mig vis jeg fik dem I Vexler lydende paa mit Navn og Udbetaling a vista; skulle man imidlertiid hso Hambro, til hvem du formodentlig henvender dig, mene, at jeg paa disse Steder ikke tabte saa meget ved at have et Creditiv, som naar man hæver her i Rom, da er jeg ogsaa vel tilfreds ved at faae et Creditiv, man har da ogsaa den Fordeel, at man kan hæve saa lidt man vil. At jeg har valgt Hamborg som et saa nær Hjemmet liggende Sted, maae ikke undre dig naar jeg siiger at vi gjerne ville have Lidt i Behold der for at kjøbe Et og Andet hvorpaa der der er bedre Kjøb end hjemme, og som vi dog maatte have naar man skal indrette sig hjemme. I Anledning af saadanne Sager er det ogsaa at jeg maae anmode dig om at ansøge Toldkammeret om et vi maatte faae vore Ting toldfrit indførte, Noget jeg ikke tænker man vil nægte mig mere end Andre der have været boesatte i Udlandet, og som have gjort et langt stærkere Brug af en saadan Begunstigelse end den jeg agter at gjøre; thi en stor Deel •3• af hvad vi føre hjem er jo [Ting som er] kommen fra Danmark, og de toldbare Sager der ere komne til vort Indboe, er ikke af et saa betydeligt Værd at det kunne være Vedkommende en Samvittigheds Sag at tillade den toldfrie Indførsel, for os er det alt meget at vi ikke behøve at lade Sagerne udpakke før man har dem hjemme. Da du imidlertiid maae være bekjent med Indholdet af de forskjellige Kasser, da maae jeg siige dig at een er afsent af Kjøbmand Sprenger i Palermo over Hamborg, den Indeholder Noget Linned, Stømper etc: tilhørende Rose og jeg benyttede Leiligheden da vi maatte hjemsende dette, til at fylde Kassen, nogle smaae antique Vaser, et Gjedeskind og noget Siciliansk Snustobak udgjør det Øvrige af hvad den Kasse indeholder. En anden Kasse afgik fra General Consul Fleischer i Neapel til dig ved det norske Skib St: Hans Captain Lude, og blev i Hamborg afleveret til Mægler Wübbe til viidere Befordring til Kjøbenhavn; denne Kasse indeholder ogsaa nogle smaae antique Sager og et Stykke Tøi, bestemt til Meubelbetræk, dette skulle i denne Kasse være det Eneste hvoraf der kunne gaae lidt Told. Da de antique Sager i denne Kasse let kunne tage Skade ved Udpakning, maae jeg beede dig, vis dette skulle være nødvendigt at lade en af dine paalidelige Folk være tilstede. Det tredie til dig afsente er en enballeret Kuffert herfra Rom, sendt ved Consul Dalgas i Livorno ved hvilket Skib veed jeg ikke; men det var bestemt til Østersøen og skulde da anløbe Kjøbenhavn og aflevere de Sager der ere bestemte did. Hvad Øresunds Told angaar, da maae jeg bemærke, at der er Intet i Kassen der er Nyt eller hvoraf der, efter min Meening kan gaae Told, den indeholder en Deel af Rose’s Dækketøi og Haandklæder, da nogle romerske her brugte Lamper, og endelig en lille Kasse med nogle Gibsafstøbninger. Kufferten er mærket MR, saaledes som den fra Palermo, den derimod fra Neapel, tror jeg, er paategnet med mit fulde Navn og din Addresse, jeg besørgede ikke dette selv, da jeg var fraværende da den afgik. Vor siste Kuffert, som jeg maae beede dig om at modtage, er den store, der tidligere blev sent hid; men den vil ikke blive bortsent før vor Afreise, da vi ikke kunne undvære en Deel af Tøiet, som den vil komme til at indegolde; thi, for paa Reisen at faae Plads i vore smaae Kufferter til det nødvendige Tøi, maae vi nu, da Barnet’s er kommen til, pakke saa meget, som muligt, at vort eget i den store, der formodentlig første senere vil komme til Danmark. Vi maae imidlertiid paa Reisen, og efter vor Hjemkomst see at hjælpe os, for det første, saa godt vi kunne, thi den lille Dame vil, hvad Vask angaar, vist ikke høre Raison. Nu kommer jeg tilsist til at omtale det Løfte du gav Rose, da vi reiste bort, om nemlig, vis det var dig muligt, da at møde os i Hamborg med din Kone og Mine. Ogsaa min Moder og Elise yttrede da Lyst til denne lille Reise, og vil du høre min ringe Meening, da maae jeg bemærke, at, for det første, ville du derved foraarsage os en stor Glæde, og jeg tror du kunne gjøre det uden saa store Udgifter, som du maaske har forestilt dig, og med temelig Bequemhed; da Rose og jeg agte at tage over Lübeck tilbage fra Hamborg, gjorde du nu best i at tage did over Kiel, da fulgtes vi ad paa Hjemveien. I bestege da Dampbaaden i Kjøbenhavn og var næste Dags Middag mageligt i Kiel, hvor i blive bragt lige hen paa Postgaarden og indtager der et ret godt Maaltiid, før man med en magelig Diligence afkjører til Hamborg hvor I ere næste Morgen; der tage I enten ind paa et Hotel, eller du skriver |selv| eller gjennem Mad Meyer lader hendes driftige •2• Broder leie Eder Privatværelser, hvorved man unægteligt ved et Ophold af længere end 8 Dage sparer. Den gl: Gurlitt, Malerens Fader, og en god Ven af min Familie ville vist ogsaa med Fornøielse paatage sig et saadant Hverv. Dog har du Mine og Elise med, da tænker jeg de nok ere Damer for at overtage de faae Bryderier en saadan Tuur ville medføre, og du og mine tvende Mødre behøvede da blot at nyde Alt det Fremmede de fik at see. •1• Overvei nu vel denne Sag, og er det dig muligt, da lad ikke vor Forhaabning isaahenseende glippe. Rose og den lille Athalia befinde dem begge meget vel, Rose vil en af Dagene skrive til Mine, da hun har Meget, hun ønskede udrettet før Hjemkomsten, og hun stoler paa Mine’s Velvillie isaahenseende. – Gid at du i Kjøbenhavn havde et saadant Veir som det, vi i disse Dage her nyde, spiiser om Middagen for aabne Vinduer og Termometeret viiser 14 Gr. i Skyggen, en stor Deel af de Træer der tabe Bladene, have allerede nye og for en Maaned siden var alt Mandeltræerne i fuld Blomstring; det er Noget der vel kan quege naar man hører om Eders strenge Vinter hjemme, der binde os til at fryse allene ved Tanken derom. Hils nu vore Mødre og Søskende ret meget fra Rose vor lille Helga Athalia og din
 hengivne Søn
 M. Rørbye.</t>
   </si>
   <si>
-    <t>31. mar. 1841</t>
-[...7 lines deleted...]
-  <si>
     <t> 1. apr. 1841</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/n/VebdANnt</t>
   </si>
   <si>
-    <t> 2. apr. 1841</t>
-[...12 lines deleted...]
-    <t>https://roerbye.ktdk.dk/n/3roK5z2W</t>
+    <t>Udstilling af Rørbyes rejsebilleder, februar 1838</t>
+  </si>
+  <si>
+    <t>Udklip</t>
+  </si>
+  <si>
+    <t>Artiklen omhandler Rørbyes udstilling i Kunstforeningen i februar 1838, hvor han viste sine hjembragte malerier fra Italien og Grækenland. Afskrift af Dansk Kunstblad, bd. 3, nr. 1, 17. februar 1838, sp. 1-7.</t>
+  </si>
+  <si>
+    <t>Omtale af Rørbyes udstilling i Kunstforeningen i februar 1838, hvor han viste sine hjembragte malerier fra Italien og Grækenland.</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/d/LOTr</t>
+  </si>
+  <si>
+    <t>Udstillingen af Hr. Rørbyes Arbeider
+Vi erindre os at have seet fire sælsomme Arbeider af en dansk Maler. Disse Billeder forestillede eller, rettere sagt, skulde forestille fire Landskaber i forskjellige danske Besiddelser, nemlig i Sjælland, Ostindien, Vestindien og, hvis vi ikke feile, i Island. Det Mærkværdigste ved disse Malerier var, at de lignede hverandre som Søstre med Hensyn til Colorit og Tone; de vare saa langtfra at gjengive de forskjellige Jordstrøgs særegne Beskaffenhed, at de tvertimod syntes at være Repræsentanter for et enkelt Landskabs Charakteer. Thi vel vare Træernes Former, Bygningernes Stiil og Indvaanernes Dragter af forskjelligt Snit, men derimod vare Farverne de samme paa alle Stykker. Kysterne ved Kallebodstrand og Bredderne ved Ganges vare fuldkommen eensfarvede, nemlig matte graae, beklagelige Fostere af en eensidig Subjectivitet, der ikke formaaer at opfatte og gjengive de ydre Gjenstande med Klarhed og Sandhed. Ved Beskuelsen af slige Arbeider føler man strax, at det Hele kan lignes med en sygelig Feberphantasie, der mangler Realitet, og derfor heller ikke gjør den tilsigtede Virkning paa det kunstnerisk følende Gemyt. I kunsten som i Poesien er Sandheden den Guddom, som aldrig bør tabes af Sigte.
+Efter disse Bemærkninger ville flere af vore Læsere maaskee falde paa den Tanke, at vi have fundet Anledning til at beklage lignende Mangler i Hr. Rørbyes Arbeider. Dette er imidlertid saa langtfra, at vi tvertimod glæde os over den Klarhed og poetiske Følelse, hvormed Kunstneren har opfattet Italien og Grækenland, som vel i flere Henseender have stor Lighed med hinanden, men derimod i andre Retninger ere høist forskjellige saavel med Hensyn til Naturen som til Menneskene. Sikkert ville mange af Kunstforeningens Medlemmer, ved Beskuelsen af de udstillede Arbeider, have anstillet lignende Bemærkninger; vi maae derfor beklage, at Kunstneren ikke havde udstillet nogle af sine talrige Skizzer og Studier fra Tyrkiet, thi man vilde derved have faaet et endnu klarere Begreb om den Objectivitet, hvormed han veed at opfatte og gjengive hvad han seer.
+Da Hr. Rørbye under sit Ophold i Udlandet kun har sendt Lidet hjem, blev man saa meget behageligere overrasket, da han selv medbragte et saa rigt Udbytte fra sin Reise. Og i Sandhed, Mængden af Skjønheden, af hvad hans Pensel har aflokket Naturen, er saa stor, at man neppe veed, hvor man skal begynde, og hvor man skal ende, for ikke at udelade noget Fortrinligt. Da vi imidlertid ikke længere kunne opsætte at omtale Arbeider, som maae sees mange Gange, hvis de skulle grundigt opfattes, sætte vi nu Penne til Papiret, for at gjenkalde det Seete i vor Erinding, og efter Evne gjengive det Billede, som det har vakt i vor Sjel. Ligesom vi ved den foreløbige Anmeldelse, i Nr. 21 af Kunstbladets andet Bind, begyndte med Italien, ville vi her følge samme System, og først dvæle ved det interessante Maleri, som viser os Torvet i Amalfi, og afgiver et af disse pittoreske Architektur-Billeder, som charakterisere de sydlige Lande. Man betragte blot dette Taarn, hvis øverste Deel er aldeles maurisk! Hvor harmonisk forbinder det sig ikke med Kirken, hvis mange smaa byzantinske Søiler og Façade med Snirkler á la Bernini paa eengang contrastere og dog danne et malerisk Heelt! Perspectivet er fortreffeligt, og lader Kirken med sin store Trappe træde ypperligt tilbage. De Beskueren nærmere liggende Borgerhuse med deres Boutiker og et Contoir med Overskrift: VILREFII (Viva il re Ferdinando secondo) ere høist maleriske, og de simple Restaurationer paa Gaden med de omstaaende Kunder gjengivne med Natur og Sandhed. Omkring den store Fontaine ere Fruentimmer grupperede for at fylde Krukker og Skaaler med kjølende Vand. De i Forgrunden skjødesløst henslængte Tomat-Æbler, Græskar, Meloner m. m. vidne om, at man seer et af Frugtbarhed overstrømmende Land. Den kraftige blaae Himmel og der strærke Solskin ere fortrinligt gjengivne; man føler næsten Sydens Varme. Hvis vi med Hensyn til dette Billede skulde tillade os en Bemærkning, vilde det være den, at et Par af de til Staffage anbragte Figurer forekommer os at være lidt for lange. Et andet Maleri, som er udført med nederlandsk Flid og stor Delicatesse, viser os Capellet San Benedetto i den nogle Mile fra Rom beliggende Bjergstad Subiaco. Man veed ikke hvad man her meest skal beundre, enten den fortreffelige Behandling af Capellet selv som et architektonisk Værk eller Figurerne. Hvad det første Punkt angaaer, føler man sig lige tilfredsstillet, enten man betragter de farverige, med Engle og Helgenbilleder smykkede Hvælvinger, Trappen, der fører op til Kirken, eller den store Marmorplade med det pavelige Vaaben over, tæt ved Bedestolen, med sin lange Inscription, hvorpaa der falder nogle pikante Strifelys. Nede paa Gulvet seer man en knælende Qvinde, der vender Ryggen mod Beskueren, og er udført med stor Flid lige indtil Stiberne i hendes Kjole. Ypperlig er ogsaa Præsten, der knæler i Profil for Bedestolen, og et ligeledes knælende Fruentimmer paa Trappen. Ovenfor Trappen seer man en Geistlig med Røgelseskarret og endnu en qvindelig Figur hensunken i Andagt for et af Lamper omgivet Kors. Vi ere forvissede om, at Enhver, der har nogen Følelse for Natur og Poesie, maa føle sig tiltrukken af dette yndige Billed, der synes at ville meddele Beskueren noget af den stille, høitidelige Andagt, som besjeler de Bedende.
+Blandt de mange Studier efter Mennesker ville vi, paa Grund af den store Mængde, kun fremhæve dem, som især forekommer os at have Krav paa Opmærksomhed. Hertil henregne vi da fornemmelig: 1) en for et Crucifix knælende Bondekone med en Rosenkrands i Haanden. 2) En Præst, som læner sig til en Seng, medens han læser i en Bog. Denne Geistlige kan takke Himlens Vrede for, at hans Portrait er kommen til det fjerne Norden. Han gjorde nemlig en Tour imellem Bjergene i Hr Rørbyes Selskab, og maatte en Dag, da det blev daarligt Veir, lade sig male af Kunstneren, der dog vilde sysselsætte sig med Noget. 3) En Eremit med en Blikdaase i Haanden. Trods det sølvhvide, men dog korte Skjæg og den ærværdige Holdning, taler Skjelmen klart ud af de smaa falske Øine. 4) En gammel Pifferaro med langt hvidt Skjæg og hvide Haar. Der sidder et herligt Ansigt paa denne Mand, som med sin Tobakspibe i Munden og den vældige Sækkepibe under Armen synes at være et Billede paa landlig Contrast til den ovennævnte Eremit. 5) En siddende Kone, som spinder paa sin Haandteen, og vender de skarpe Øine mod en lille Pige, der har et vældigt Slør paa Hovedet, og piller forlegen i sit Forklæde. 6) En Campagne-Jæger med Hat paa Hovedet, Bøsse paa Nakken, høire Haand i Siden, Lammeskind om Laarene og Lædergamacher. Uagtet han vender Ryggen mod Beskueren, og man følgelig ikke seer hans Ansigt, er der dog meget Liv i Personen og et saadant Relief, at man næsten fristes til at tage ham ud af Billedet, for ogsaa at betragte ham forfra. Ved hans Side sidder den troe Hund. – Blandt charakterisktiske Studier efter Dyr erindre vi os et oppakket, omhyggeligt udført Æsel og to rask skizzerede Bøfler under Aaget. Til de meest charakteristiske Skizzer af Bygninger og Landskaber kan man vel henregne en Klostergaard i Sorrent og en lang Pergola (Espaliergang) sammesteds. Der er et beundringsværdig Perspectiv i denne sidste, som synes aldrig at ville faae Ende og endnu vinder i Effect ved superbe Streifelys. En interessant Scene frembyder det Indre af en forrøget Hytte, hvor Manden og Konen sidde, og varme sig foran Caminen, hvor en Kjedel hænger over Ilden. I dette mellem Bjergene liggende Huus overnattede Kunstneren paa en af sine Vandringer, og skizzerede dette lille effectfulde Natstykke. En Udsigt til det yndigt beliggende Amalfi med det tilstødende Hav fra en Pergola er overordentlig malerisk. Ogsaa to af Pæstums ærværdige Templer og et farverigt Partie af Pompeij’s Ruiner har Kunstneren bragt paa Lærredet. Af Lateranets mærkelige Klostergaard med de østerlandske Søiler saae vi fremdeles et Skizze, som man i Sandhed kunde ønske udført i det Store, uagtet vi for nogle Aar siden saae en Fremstilling heraf ved Martens. Et interessant Billede er ligeledes en religiøs Fest ved Maaneskin paa Procida. Drengene anstille efter italiensk Skik et Fyrværkeri af gamle Tønder paa Gaden, hvorved Kirken i Baggrunden viser sig i et sælsomt Lys. I Forgrunden seer man en Procession, der anføres af tre Karle, hvoraf den Midterste bærer et Kors og de to Andre Blus paa en Stang. Paa et andet Stykke, som forestiller en Udsigt fra Procida, er i Forgrunden anbragt endeel Blomsterpotter, som ere malede med megen Sandhed.
+Dette være nok om de Arbeider, Kunstneren har hjemsendt fra Italien! Vi ville nu henvende vor Opmærksomhed paa de Billeder, hvortil Grækenland har givet hans Pensel Stof. Det er med en ganske egen Følelse, at vi betragte Afbildninger af Egne, der ere saa navnkundige i Historien, det er næsten med Ærefrygt, at vi kaste et Blik paa Minervas Stad og dens Omgivelser, denne Plet, som er en stor Tidsalders Grav og maaskee Vuggen for en endnu større, der feirende kan hæve sig paa sin Forgjængers Ruiner, og vise, at det Herlige i Verden vel for en Stund kan fordunkles, men aldrig uddøe. Det, som strax maa frappere Beskueren ved Synes af de atheniensiske Vuer, er den Mangel af Træer, der overalt viser sig, og hvorved Landskabet i en vis Henseende har nogen Lighed med den romerske Campagne, der ogsaa er en svunden Storheds Mausoleum. Imidlertid er det os bekjendt, at Athens Omegn har været rig paa Olieskove, som den ved sin Grusomhed udødelige Ibrahim Pascha lod ødelægge. Dette Factum kan maaskee for en Deel være Aarsag til den skovløse Nøgenhed, der characteriserer den græske Hovedstads nærmeste Omgivelser. Men, om der end ikke fandtes en eneste Busk i dette Landskab, vilde det dog paa Grund af sine historiske Erindringer mægtige tiltale os.
+Efter denne Indledning gaae vi over til den Cyclus af Billeder, der paa eengang vise os Oldtid og Nutid. Først ville vi dvæle ved Betragtningen af det paa Lærred udførte Maleri, hvor der sidde fire Grækere i Forgrunden. I Mellemgrunden seer man Theseus-Templet og et Partie af Athen, hvorover Lykabettos hæver sig; Baggrunden begrændses af fjerne Bjergmasser. Det hele Billed udmærker sig ved en stor Reenhed og Klarhed i Farverne, endskjøndt Tonen ikke er saa varm som paa de andre græske Stykker, da det er malet om Vinteren, som, hvor mild den end kan være, dog naturligvis er koldere end Sommeren, og derfor ogsaa er lidt forskjellig fra denne i sine Lufttoner. Et ypperligt Relief udmærker de fire, i Forgrunden siddende Grækere blandt hvilke den fortrinligste Figur vistnok er den aldrende Mand paa Høiens øverste Spidse med Stokken i Haanden og et broget Tørklæde om sin Fes. Den kraftige Karl seer nok ud til at have vovet mangen Dyst med Tyrkerne. To af de Andre vende Ryggen mod Beskueren, og skjules for en stor Deel af Høien, hvorimod den Tredie viser sig næsten heelt i Profil med Tobakspiben i Munden og i Lammeskinds-Pels. Disse Figurer repræsentere Nutiden, og det længere tilbageliggende gule Theseus-Tempel Oldtiden; Sjelen fængsles paa eengang af Erindring og Haab. Et andet, ogsaa paa Lærred udført Maleri viser os en Udsigt fra Parthenon udover Athens Omegn ned til Piræus, Havet og de fjerne Kyster af Morea. En frapperende Naturlighed, herligt Relief, glimrende Solskin og Klarhed i Skyggerne udmærke dette Stykke. Man betragte blot Forgrunden og de i samme anbragte tre Figurer, som alle ere malede efter Naturen! Den tilvenstre siddende Person er malet i et fortrinligt Clair-obscur, og den til en af Søilerne lænede, mørke Klæder iførte Mand staaer i en naturlig Stilling, der i Sandhed og Udtryk intet lader tilovers at ønske. Denne Sidste er desuden mærkværdig ved sine Fata i den græske Revolutionskrig, da han længe var i Fangenskab hos Tyrkerne, der vel bibragte ham mange Saar, men dog lode ham beholde Livet. Fortrinligst af disse tre Figurer forekommer os dog den Mand, som vender os Ryggen. Hans Stilling er af en slaaende Sandhed saavel som Virkningen af Lys og Skygge i hans hvide Klædning. Fra Forgrunden, som er paa Parthenon, gaaer det brat ned til den lavere Omegn, hvilket er udtrykt med stor Sandhed. Veien til Piræus viser sig som en smal Stribe, og ender ved det sølvhvide Hav, der begrændses af Pelopounes, mellem hvis Bjergtoppe Kjendere af Localiteten ville vide at finde Akrokorinth.
+Blandt de mange interessante, paa Papir malede Skizzer findes der flere, som forestille Udsigter fra Parthenon, blandt andet een, der er taget fra samme Standpunkt som det ovennævnte Maleri, men stafferet med andre Figurer. Et Stykke viser os en Udgravning ved Propylæerne, hvor de mange broget klædte Arbeidere med de røde Huer danne en malerisk Contrast til de store Steenblokke og Oldtidens Ruiner. Der er et Liv som i en Myretue, hvis det eller maa være os tilladt at betjene os af denne Lignelse. To Udsigter af Akropolis, som danner Hovedpunctet af de atheniensiske Vuer, giver os et tydeligt Begreb om denne i sit Slags første Ruin, der bærer et langt større Præg af Oldtiden end det romerske Capitolium, som det det meste bestaaer af moderne Bygninger, og kun viser Spor af sin Ældre mod Forum Romanum. Især viser Akropolis sig fordelagtigt paa den Skizze, hvor man seer en moderne Landevei snoe sig omkring dets Fod. En Gade i Athen med Vindenes Taarn ligefor giver et klart Begreb om, hvorledes hele Byen maa have seet ud strax efter dens Ødelæggelse ved Tyrkerne. Hvad man her seer, er kun en Masse af Ruiner, Barbarernes sidste Afskedssuk. Denne melancholske Plet oplives forresten af en Mængde Personer, som hente Vand ved en lille Fontaine. Blandt mindre Studier have vi især lagt Mærke til en belæsset Kameel og et Tyrkerhoved. Og hermed slutte vi vor Anmeldelse om de af Hr. Rørbye i Kunstforeningen udstillede Arbeider.
+Vi tillade os endnu kun den Bemærkning, at Kunstneren ganske nylig har begyndt paa et Maleri, som forestiller endeel Tyrker, der spille Schach udenfor et Caffehuus i Nærheden af Karavanebroen ved Smyrna. Da dette Billed endnu næppe kan siges at være anlagt, opsætte vi at omtale det videre for Øieblikket.</t>
   </si>
   <si>
     <t>Malerier solgt på Rørbyes dødsboauktion 22. feb 1849</t>
   </si>
   <si>
     <t>Værkfortegnelse</t>
   </si>
   <si>
     <t>Afskrift efter auktionskataloget over Rørbyes dødsboauktion, 22. februar 1849. Afskriften omfatter kun katalogets s. 3-7, der vedrører malerier.</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/d/eUY9</t>
   </si>
   <si>
     <t>I. Fuldførte Malerier.
 a) i forgyldte Rammer.
 Nr.
 1 En græsk Skrædder.
 2 Parti af Kirken St. Benedetto ved Subiaco, signeret 18 October 1836.
 3 Udsigt fra Acropolis udover Sletten.
 4 En Strandingscommissair ved Skagen. 1848.
 b) uden Rammer.
 5 En siddende Nubier. Roma 1839.
 6 En hvilende Tyrk. 1845. 
 7 En siddende Dito 1845. [ved nr. 6-7:] Udførte i Kjøbenhavn efter Naturen.
@@ -1143,50 +1096,97 @@
 98 To Dito.
 99 Et Dito.
 100 Luftstudie; jydsk Egn. (Dagluft og Solskin.)
 101 Studie af Aftenluft.
 102 Luftstudie.
 103 Studie af Aftenluft.
 104 To ufuldførte Luftstudier.
 105 To Studier.
 106 Tre Dito.
 107 Et Dito (Hav i Aftenbelysning).
 108 Et Dito (Hav i Dagsbelysning).
 109 Et Dito (Uveir).
 110 Et Dito (Strand med oprørt Hav). 1830.
 111 Et Dito (Udsigt over Kjøbenhavn ved Solens Nedgang).
 112 To Dito.
 113 Et Dito (Rullende Sø ved en Strandbred); malet paa Blik.
 114 Et Dito, med Figurer. (Vinter).
 115 Et Dito, ufuldført (Blyant og Olie.)
 116 Et Dito, ufuldført. (Dansk Egn med en Kirke.)
 117 Et Dito (Oprørt Hav med en Figur i Forgrunden).
 118 En norsk Fos. 1830.
 119 Norsk Parti med Vand i Forgrunden.
 120 Norsk Egn med et Klippestykke i Forgrunden.
 121 Qvindelig Model.</t>
   </si>
+  <si>
+    <t>13. jun. 1835</t>
+  </si>
+  <si>
+    <t>Napoli</t>
+  </si>
+  <si>
+    <t>Gottlieb Bindesbøll
+Gaetano Donizetti
+A. von Eickstedt
+Johan Fleischer
+Louise Guillaumo, f. de Basseux
+Leonardo Hofmeister
+Christian Frederik Holm
+Nicolai Abraham Holten
+Jørgen Hansen Koch
+A. Löwe
+A. Oppermann
+Frederik August Paludan
+Ida Athalia  Rørbye
+John Rørbye
+Julie Fredrikke Rørbye
+Nancy Gerhardine Rørbye
+Christian Frederik Schiøtt
+Benjamin Schlick
+Frederik Siegfried Vogt
+Henriette  Wulff
+Peter Wulff</t>
+  </si>
+  <si>
+    <t>Brev nr. 42 på Rørbyes liste over afsendte breve 1834-37.</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/d/2ii6</t>
+  </si>
+  <si>
+    <t>Neapel, den 13de Juni 1835.
+Af mit Brev til Rose dat: den 22de og 25de Mai har du formodentliig hørt, kjære Moder, at jeg var kommen hertil, og at jeg var rask; jeg vilde ønske, at dette ogsaa var Tilfælde hjemme med dig og alle de kjære Sødskende og Rose; men hvad dette angaaer, svæver jeg endnu i den største Uvidenhed, der virkelig er mig høiest piinlig, da I jo før Alle have været saa gode, saa ievnlig at lade mig høre lidt fra det kjære Hjem. Siden Rose’s siste Brev dat: den 3 April, som jeg i Rom modtog den 20de April, har jeg Intet hørt, hverken fra hende, eller dig. Jeg havde fult regnet paa, at jeg ved min Ankomst til Neapel vilde finde Breve til mig hos den danske charge d’affaires; men der var dengang ingen, og nu, da jeg igjen er her, er der heller ingen; at der er skreven, derom tvivler jeg intet Øjeblik, men det gjør mig ondt, at jeg allerede her saa tidlig skal have tabt Breve, og dette maae dog vist være Tilfælde, da jeg jo aldriig før har ventet over en Maaned, og nu er det jo snart 2, iil derfor med at bøde paa dette, saa at jeg igjen kan glæde mig, naar jeg hører at du kjære gode Moder, og I alle ere saa raske og tilfredse, som jeg ønsker. Dog, i Haab om at jeg snart skal vil blive befriet for denne Uvished, fortsætter jeg dise Linnier, og vil nu fortælle dig Lidt om hvor jeg i den seenere Tiid har været, og hvad jeg har seet; jeg vil søge at erindre mig Alt saa godt, som muligt, da jeg vel kan forestille mig, at det kan more dig at høre, om det heele Liv her, saa høist forskielligt fra det, hvortil jeg tidligere var vant. – Om min Reise fra Rom til Neapel skrev jeg i Rose’s Brev, liigeledes troer jeg at jeg fortalte at jeg her har gjort Bekjendtskab med to meget vakkre Mænd, nemlig den danske Konsul Hoffmeister, og den svenske Konsul Fleischer, jeg kommer hos dem begge, og jeg synes godt om deres Familier. Andre har jeg endnu ikke gjort Bekjendtskab med; men jeg er rigtignok inviteret oftere til Madam Guilimoth, der saa at siige fører et Huus med den danske charge d’affaires Etatsraad de Vogt; men han er fortiiden ikke her, og hendes Selskab intereserer mig ikke synderligt. Arcitect Schlik har jeg ogsaa truffet her i Neapel, og faaet hans Visitkort; men han er ikke af den Slags Folk jeg søger, omendskjøndt han her, som næsten overalt, besynderlig nok gjør Lykke. – Om Byen Neapel veed jeg ikke hvad jeg skal skriive; det er den Bye hvori jeg næst Paris finder det mest livligt, og man troer sig hensat i Frankrig, naaer man spadseerer om i Gaderne her, Neapolitanerne ere ganske anderledes muntre end Rommerne, men Alt gaaer her endnu mere ud paa Bedrag, som i Begyndelsen generer en Fremmed meget. Det er plat umulig for en Neapolitaner at forlange den rigtige Priis for hans Varer eller Tjeneste; han forlanger 3 a 4 Gange saa meget, og man maae skambyde dem for at komme tilrette med dem, byder man dem for lidt kommer man naturligviis ikke til noget Resultat; men byder man dem omvendt blodt lidt mere, end den gjængse Priis af hvad man forlanger er, da kommer man heller ikke tilrette med dem; de mærker strax at man er Fremmed, og uviidende om Tingen, og foretrækker Intet at fortiene, da de strax have gjort Regning paa mere: træffer man derimod strax den rette Værd, da er Handelen efter lidt Sludren frem og tilbage snart sluttet. Har man med Kuske, Søefolk eller Fakiner at bestille, da maae man altid gjøre Regning paa at have lidt i Baghaanden for at lægge til ved Betalingen, thi man maae først ordentlig gjøre Accort om hvormeget de foruden Betalingen skal have i Drikkepenge, eller som de kalder det bona mano, og er dette betalt saa forlange de endnu per la boutillia, og giver man dem saaledes til at drikke for, blodt nogle Gran, da gaae de meget fornøiede bort, omendskjøndt de for deres Tieneste, ikke har faaet mere end 1/3deel af hvad de først forlangte. Dette Væsen ærgrede mig i Begyndelsen lidt; men nu veed jeg at finde mig deri, og jeg har taget det rigtige Partie; det er bestandig at beholde godt Humeur, og gjøre Løier med dem, da er man snart deres Ven, og alt gaaer saaledes bedre. Endnu Et vil jeg bemærke om Neapel førend jeg skrider videre, det er, hvad Theatret St: Carlo angaaer, som jeg nu ogsaa har seet; det er, som bekjendt, det største, der existerer, og gjør en uhyre Efect, det har 6 Rader Loger over hinanden, og Alt svarer herefter; Orkestret er ikke ilde, det er meget stærkt besat; men den Musik man giver er kun maadelig, jeg saae en Opera Sordello il Trovatore med Musique af Donicetti, og sist en Ballet il Conte Pini med •2• Musique af forskjellige Komponister; men saadant Sludder, og saadan Musique, har jeg før blodt hørt i Rom, hvor man har den samme Smag; hvad Decorationerne angaaer, da staae de langt under hvad jeg har seet i Paris, hvilket er en stoer Skam i et Land, der overalt frembyder saa mange smukke Motiver til Saadant. Men nu nok om dette for at jeg ogsaa kan have lidt Plads til at fortælle Lidt om en lille Udflugt jeg nylig har gjort for at see Mærkelighederne i Omegnen, og for bedre at orientere mig og vælge hvor jeg siden vil gaae hen. Jeg erindrer ikke om jeg yttrede noget om dette Forsæt i Rose’s Brev; men jeg havde dengang her allerede truffet Bindesbøll, og hans Reiseselskab i Sicilien, og med dem er det, jeg har gjort denne Tuur; de ere alle Arcitecter, den ene en Preusser fra Magdeburg Oppermann; den anden er egentlig Godsejer i Schlesien, men befatter sig ogsaa med Arcitecturen, han hedder Eichsted, og er en meget smuk Mand, og den tredie er en ægte Polak fra Varskou |Louve|; jeg har ikke kunnet ønske mig noget bedre Reiseselskab, og jeg troer vi vare gjensidig af samme Mening. Den 28de Mai om Morgenen kjørte vi fra Neapel til Recina, hvorfra vi besteege Vesuv, der virkelig er et saa besværligt Arbeide, at man ikke hver Dag skulde ønske sig det; ikke fordi Bjerget egentlig er saa høit, som for den Mængde Aske der ganske bedækker Keglen af Bjerget, og uophørlig lader een glide tilbage, idet man søger at stiige op, og da man allerede er ganske træt førend man kommer saa vidt, saa vil du vel kunne forestille dig at det der bliver ti Gange værre; men er man kommen op, saa lønner det ogsaa Møien, man troer at være ved Nedgangen til Helvede; thi allevegne er man omgiven af Ild og Røg, og tager man sig ikke iagt med hvor man gaaer, kan man meget let forbrænde Fødderne, for |thi| at bevare sit Fodtøi er ganske umuligt. Jeg vil ikke indlade mig paa videre Beskrivelse af alt dette, jeg skal engang muntlig fortælle det bedre. Nedstigningen fra Bjerget gik bedre, end da vi stege op, det er i enhver Henseende det Modsatte, op glider man bestandig tilbage; ned derimod glider man vist 20 Skridt frem, idet man tager et, og Asken slutter sig om Benene til Knæet, saa at man bestandig har Skoene prop fulde, ja den gjennemtrænger Strømper og Alt. Da vi igjen var kommen ned til Eremitten, omtrent Halvveien drak vi, liigesom ved Opstiigningen den noksom bekjendte Lacrymæ Christi; men denne Viin fortjener langtfra ikke dens skjønne Navn, og vi vare alle meget skuffede, da mange andre italienske Viin Arter staae langt over denne, som vi alle havde forstillet os som noget ganske Overordentliigt; jeg begynder ellers at faae Smag paa de italienske Viine, og var jeg ikke et saadant Kyllingehovet, vilde du maaske see mig igjen som en ægte Sviirebroder, i det minste er det vist ikke deres Skyld, med hvem jeg i disse Aar maae leve, thi alle gjøre dem megen Umage for at underviise mig; men have ikke synderligt for deres Lærdom, da Lærlingen er for indskrænkt i saadant. – Da vi vare komne ned fra Vesuv, saae vi, hvad der er udgravet af Herculanum; men dette er blodt endeel af et Amphiteater, man tør ikke fortsætte Gravningen der, da heele den nyere Bye Recina er bygget over Herculanum. Vi gik derifra om Aftenen til Torre del Anuntiate, hvor vi opsloge vores Bopæl i fleere Dage, for derifra at besee Pompei, hvor man har et ganske andet Udbytte end i Herculanum; man bliver bestandig ved at grave og finde; det gaaer vel kun langsomt, da der ere faae Arbeidere; som man troer er Speculation af Reggeringen, da der saaledes bestandig bliver noget for nye Reisende, der alle iile derhen. Søndagen den 31te Mai da vi endnu vare i Torre del Annutiata, toge vi med en Baad over til Byen Castellamare der ligger overmaade smukt, og Dagen gik høiest behageligt ved at gaae omkring i Omegnen paa Bjergene; Heeden begynder rigtignok allerede stærkt at forbyde al Spadseeren om Dagen; men naaer der blodt er Mulighed kan man ikke lade være at strøife omkring Naturen er alt for smuk og indbydende. Den 3die Juni kjørte vi fra Torre del Anuntiate af den deilige Vei over Nocera og Cava til Salerno, hvor vi kom om Eftermiddagen; jeg erindrede meget godt, at det var Nancy’s Geburtsdag, og saa gjerne jeg vilde have seet hvorledes hun havde det hjemme, troer jeg dog hun vilde været mere tilfredstillet, naaer hun istedenfor at see mig hjemme, denne gang havde gjort den lille Tuur med mig der; det var ganske, som en Lystreise, den ene Udsigt smukkere end den anden, og overalt en mageløs Frugtbarhed; man har hos os derhjemme ingen Idee om hvorledes der paa en Mark kan være 3 a 4 forskellige Slags Sæd over hinanden, og dog er dette her allevegne Tilfælde: Guirlanderne af Viinløvet •3• lader det synes Festdag, og alt vilde være herligt, naaer blodt ikke Landfolkene trods alt denne Frugtbarhed alt for tydeligt viiste Spor af Armod, man bliver virkelig haard her med den Mængde Betlere; men vilde man give dem alle, blev snart Intet tilbage, det er ikke overdreven, naaer man siiger at 2/3 af dem man møder betle. – Den næste Dag kjørte vi videre fra Salerno til Pæstum hvor der er 3 Ruiner af Templer fra Grækernes Tiider, det var en utaalelig Heede, og hvad jeg ikke allerede var bruun, blev jeg det her udsat for Solen; Gud veed hvad Rose vilde siige naaer hun saae mig saaledes, som en Amerrikaner, med graae Hat, og ganske forbrændt, jeg er glad ved, at jeg dog kan have Tiid til at bleges lidt, førend jeg igjen fremstiller mig for hende; Pigen kunde let faae Nykker, og siige at det var imod Accorten at see saaledes ud, og jeg vilde dog være ganske uskyldig heri, og jeg tænker da ogsaa hun vilde insee dette, forudsat at hun ikke nu er mindre fornuftig og overbærende end hun alletiider før har været; hils hende ret meget, kjære Moder, du er en sat Kone, og kan gjerne kysse hende fra mig, eller maaske du vilde overdrage dette til Julie vis hun endnu er en liige saa stor Ynder deraf som tidligere, da veed jeg at jeg havde en god Kommisionær. – Dog nu igjen til min Reise; men du maae ikke trættes ved at læse min Skrift; Blækket er slet og Varmen tørrer det ideliig i Pennen, jeg er dog ellers istand til at skrive bedre. Vi opholdt os i 2 Dage i Pæstum, det var allerede en stor Opofrelse for de gamle Mindesmærker; thi et saa slet Værtshuus har jeg endnu ikke været i, og omendskjøndt Italien overalt har Overflødighed af alle Slags Dyr, saavel krybende, som især springende, saa var dog her all for stoer Mængde deraf, man kunde virkelig ikke sove derfor om Natten, og allerede om Dagen var det heelt slemt: Vi vare derfor ret glade da vi den 6te forlod Pæstum, og kiørte til Salerno, hvorifra vi snart efter gik med en Baad langs den yderst interesante Kyst til Amalfi, hvor vi kom om Aftenen, og havde underveis foruden de mange smaae Byer paa Bjergene ogsaa seet hvad der hidintil var os fremmet: nemlig en Jagt efter Tuunfiskene hvortil der bruges mange Baade og Folk. Søndagen bleve vi i Amalfi, og gjorde derifra en Tuur tilfods til nogle smaae Byer, der ligge oppe imellem Bjergene, og hvor man endnu finder Levninger af Bygninger fra Maurernes Tiid, der her havde en Colonie, og hvor en Dronning Johanna i lang Tiid ressiderede; vi vendte om Aftenen tilbage dygtig trætte; men fornøiede ved at have seet de mange smukke Steder hvorpaa disse Bjerge ere saa riige, og det vil vist ikke vare ret længe, førend jeg vender tilbage til Amalfi for at tegne og male noget, thi alt behagede mig der overordentlig; det var just Maanskin i de Aftener, vi vare der, og man kunde virkelig ikke ønske sig noget yndigere Sted til at nyde dette end paa den store Altan foran vore Værelser; paa Ballustraden stode en heel Mængde med Nelliker nu just i deres fulde Flor; til venstre for os havde vi heele den Deel af Byen, der ligger paa Klippen mod Havet, og liige for os speilede Maanen sig i det rolige Hav; alt var saa hyggeligt, at man kunne ønske at blive her sin Levetiid, og kun Tanken om Hjemmet og hvem man der har kjær, er istand til at fortrænge disse Skjønheder. – Vi roede Mandag Morgen fra Amalfi til Scaricatura, der endnu ligger i Salerner Bugten, derfra stege vi over Bjerget, og det varede ikke længe førend vi fra Høiden, paa den ene Siide saae ned til Bugten, hvorfra vi nylig kom, og paa den anden heele Bugten ved Neapel hvorved ogsaa Sorent ligger. Vi bleve der den Nat og roede næste Morgen til Capri, hvor vi saae den bekjendte blaae Grotte, et Spil af Naturen, der ikke lader sig beskrive; men som har noget overmaade Smukt ved sig: paa Capri saae vi ogsaa Ruinerne af Keiser Tiber’s Villa, der ligger høit oppe paa Spidsen af et af Bjergene, og liige paa Kanten, saae at man har Havet næsten liige under sine Fødder. Vi saae et Uveier trække op over Vesuv og Omegnen det regnede stærk i Baggrunden og hyppige Lyn og Torden foer ud af de mørke Skyer: vi sagde Eremitten der hurtig Farvel og kom endnu tørre til vores Logie. Den anden Morgen toge vi over til Ischia, saae saa meget af Øen, som Tiiden den Eftermiddag tillod os, og reiste den næste Morgen over Procida, hvor vi saae her de smukke Dragter, der endnu bruges her fra Grækernes Tiid, og toge derpaa videre med vores Baad til Pozzuoli, hvorfra vi paa Esler besaae alle de Mindesmærker hvorpaa denne Egn er saa riig. Du vilde bestemt have leedt dygtigt vis du havde seet vores Rytterie den Dag, den ene var mere original end den anden; men alle morede vi os ypperligt; en af de Mærkeligheder vi saae, kan jeg ikke undlade fremfor de andre at omtale, det er nemlig Nero’s Dampbade, der nu iøvrigt næsten ere ruinerede; men den virkelige Dampanstalt, der her er vulkanisk existerer endnu: man kommer ind i en Hvælving i Bjerget, hvortil der støder flere Værelser, her maae man tage det meste af sit Tøi af, og stiger nu med Fakler i Haanden gjennem en lav og uhyre lang Gang udhugget i Klippen altiid dybere ned. Det kogende Vand drypper ned af Stenen, og Heeden stiiger immer høiere indtil Vandet heelt nede er kaagende eller 67 Grader, og den øvrige Temperatur er 45 Grader; og her skal man endnu trække Veiret; jeg troede til Slutningen ikke mere at kunde holde det ud; men skreg til Ciceronen at jeg maatte vende om da jeg ellers blev qualt; men da vare vi til min Lykke ogsaa komne saa dybt som vi kunde, og et Æg, som han holdt i Haanden var kogt, og allevegne sprudlede Vandet som i en Kjedel paa Ilden, og af os løb det strømmeviis ned, og vore Been Klæder, der var det eneste, vi havde beholdt paa, vare gjennemvaade da vi igjen kom op, og omend Dagen før havde forekomet os varm, var nu alt os som ganske koldt; jeg vil aldriig kunne glemme denne Heede, som jeg aldriig havde troet det mulig at udholde. Vi kom siden efter at have seet den cumeiske Sibillas Grotte til Averner Søen, og der styrkede vi os igjen ved at drikke den allerede af de Gamle saa høit priiste Falerner Viin, som rigtignok er udmærket, og langt overgaaer Lacrymæ Christi. – Solfatara, Hundegrotten, og alt det øv- •2• rige som man ogsaa her seer, vil jeg ikke omtale, da jeg ingen Plads mere har. Den 12te Juni kom vi igjen tilbage til Neapel, havde seet meget, og moret os godt, men Tiden var for kort til at kunne tegne noget betydeligt; men som nu først ret skal gaae for sig; jeg fik imidlertiid et Studie i Pæstum og et i Pompei, der nu dog morer mig, og som engang kan give dig en Idee om hvorledes det der seer ud. – Om ikke med den samme Post som dette, vil der næste Gang komme et lille Brev fra mig til Justitsraad Holm, som har været saa god at love mig at besørge mig Penge tilsendt fra Etatsraad Holten; vil du beede John at han minder ham derom, og at de sender mig med dobbelte Vexler, da jeg frygter at en enkelt let kan tabes. Ligeledes vil John maaske sørge for at Leutenant Wulff faaer 10 Scud: som jeg fik af ham, da jeg reiste fra Rom til Neapel; men herifra skal drages 2 Scud: 3 Gr: som jeg i Neapel har udlagt for Palludan, og som han skal betale Wulff, saa at denne blodt af mig endnu har 8 Scud: tilgode; og at udregne dette kan Wulff og Palludan best efter Konosementet. •1• Pengene til Wulff vil maaske enten Holm faae hos Konferensraad Holten, eller maaske at Kammerraad Schiøtt vil give dem, jeg ved ikke hvad der vil blive det beste, men sørg endelig for at han faaer dem, og tak ham og hans Søster, vis de komme op til dig meget for deres Artighed mod mig i Rom, det lille Dyr seer gjerne, at man viiser hende lidt Opmærksomhed, og begge have da virkelig ogsaa fortient det af mig; beed dem ogsaa at hilse Etatsrad Koch ret meget. – Og nu nok om fremmede Mennesker kjære Moder, jeg tænker ogsaa helst pa Eder alle hjemme; hvergang jeg seer det lille Mærke, der i min Bog betyder en Geburtsdag, ønsker [jeg] især ivrig at være hos dig, og det seer jeg nu snart igjen er Tilfælde, da Athalias og Julie’s Geburtsdage nærmer sig; gratuler dem fra mig; Athalia’s vil vel allerede være forbi naaer du faaer dette Brev, og jeg vil ønske hun har været vel. Skriv mig snart lidt herom, jeg længes uhyre derefter. Min Adresse er, som jeg allerede flere Gange før har skrevet, til den danske charge d’affaires de Vogt, naaer det skrives rigtigt, kan jeg ikke begribe hvorledes mine Breve kan gaae feil; gid det maae blive bedre i Fremtiden, saa at jeg kan være rolig her. Du har blodt mig hjemme at tænke paa kjære Moder, som saa langt fraværende, men jeg har dig kjære beste Moder, Rose og alle Søskende, hvoraf io enhver ligger mig saa nær. Og lev nu vel hils Alle, og skriv mig ret snart til, da vil du ret glæde din hengivne Søn 
+Martinus.
+Om et Par Dage reiser jeg over til Procida, hvor der den 24de er en Fest, som for de smukke Kostumer skal være meget smuk at see, og jeg tænker da ogsaa at kunne tegne noget der; og naaer jeg saa kommer igjen tænker jeg da vist at finde Brev. Siden tager jeg til Sorent etc: og lader da mine Breve hente i Neapel</t>
+  </si>
+  <si>
+    <t>Udsigt fra terrassen i kapucinerklosteret have. (”Parti i nærheden af Sorrent med udsigt til havet”)</t>
+  </si>
+  <si>
+    <t>http://roerbye.ktdk.dk/vaerker/udsigt-fra-terrassen-i-kapucinerklosteret-have</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
@@ -1262,51 +1262,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://roerbye.ktdk.dk/n/QdD8dU6m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/5iLFN6K3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/Fd2V5vBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/2ii6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/0n60Xldg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/NorrM2il" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="http://roerbye.ktdk.dk/vaerker/haven-i-kapucinerklosteret-i-sorrento" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="http://roerbye.ktdk.dk/vaerker/klipper-paa-stranden-ved-sorrento" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/Q2LJoAxp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/yNskLjVU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/cGTOlFNe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/Vq91Zv9g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/M7Xx6g1O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="http://roerbye.ktdk.dk/vaerker/klippeparti-ved-sorrento" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/aeje7cGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/AMnlAi3O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="http://roerbye.ktdk.dk/vaerker/udsigt-fra-terrassen-i-kapucinerklosteret-have" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/Ns00TBxQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/k804cksa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/BAVmQkug" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="http://roerbye.ktdk.dk/vaerker/klostergangen-i-kapucinerklosteret-sorrento" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/3vcbFiFJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/BRaqm08C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="http://roerbye.ktdk.dk/vaerker/parti-af-franciskanerklosteret-i-sorrento" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/034gCuDj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/uPuWnCuy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/weEBErTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="http://roerbye.ktdk.dk/vaerker/gard-i-franciskanerklosteret-i-sorrento" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="http://roerbye.ktdk.dk/vaerker/klostergang-i-franciskanerklosteret-i-sorrento" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/uJCN21zL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/TqReQg0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/hPUR1wbD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/InfECrPz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/ICPlcoUN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/evOPbQz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/BIHVlTFm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/LOTr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/YSrEeohU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/6ySq7Fzr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/eakdzRaS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/sC97lRM4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/C0TV5sJ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/jvlmy4QG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/NK8ofzmL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/Jg7NzxGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="http://roerbye.ktdk.dk/vaerker/pergolaen-i-kapucinerklosteret-i-sorrento-munke-spille-kegler" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/0D8VLNJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/9paBIpsQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/Q6on" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/VMRYudN3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/A7vu0EeH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/7uwwhl94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/jfNRPstX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/iwZdQFI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/wvNuWveB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/TTFqk0NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/YWaDUObR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/SKxpuO6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/QuveHnYn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/GVM3pjcj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/z5kJ2bHg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/1049FbSc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/Ue9yxAjG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/CagO1NUf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/dx042zP9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/HVmPAZO7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/VUp1TVXW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/gZw0kYWO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/ZP9HrzYS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/e4afwuHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/vLV9oBxC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/DmiLQDWL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/v8wczpul" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/ZihOVYv6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/gknc664t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/iOYhk7WL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/127qRPoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/bN3Ykka1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/JZC940hA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/Miv8dzEV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/yGyty9RI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/42IbQURf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/HVjxaIzt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/a2oXPlZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/m4kDdLeG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/70oefPVx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/mw0TTR4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/ud7vHKBd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/sNqK3K4u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/OOmm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/tXPZs8g7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/VebdANnt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/5KqvnKCf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/3roK5z2W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/eUY9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://roerbye.ktdk.dk/d/Q6on" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/BAVmQkug" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/YSrEeohU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="http://roerbye.ktdk.dk/vaerker/parti-af-franciskanerklosteret-i-sorrento" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="http://roerbye.ktdk.dk/vaerker/haven-i-kapucinerklosteret-i-sorrento" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="http://roerbye.ktdk.dk/vaerker/klipper-paa-stranden-ved-sorrento" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="http://roerbye.ktdk.dk/vaerker/klippeparti-ved-sorrento" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="http://roerbye.ktdk.dk/vaerker/gard-i-franciskanerklosteret-i-sorrento" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="http://roerbye.ktdk.dk/vaerker/klostergang-i-franciskanerklosteret-i-sorrento" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="http://roerbye.ktdk.dk/vaerker/pergolaen-i-kapucinerklosteret-i-sorrento-munke-spille-kegler" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="http://roerbye.ktdk.dk/vaerker/klostergangen-i-kapucinerklosteret-sorrento" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/Fd2V5vBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/ZP9HrzYS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/mw0TTR4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/0D8VLNJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/eakdzRaS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/C0TV5sJ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/QdD8dU6m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/5iLFN6K3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/InfECrPz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/sC97lRM4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/0n60Xldg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/NorrM2il" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/hPUR1wbD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/ICPlcoUN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/6ySq7Fzr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/jvlmy4QG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/NK8ofzmL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/VMRYudN3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/evOPbQz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/BIHVlTFm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/Q2LJoAxp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/cGTOlFNe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/Vq91Zv9g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/M7Xx6g1O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/wvNuWveB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/TTFqk0NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/SKxpuO6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/z5kJ2bHg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/1049FbSc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/Ue9yxAjG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/127qRPoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/yGyty9RI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/42IbQURf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/a2oXPlZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/sNqK3K4u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/tXPZs8g7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/5KqvnKCf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/034gCuDj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/uPuWnCuy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/weEBErTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/uJCN21zL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/TqReQg0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/JZC940hA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/AMnlAi3O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/3vcbFiFJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/BRaqm08C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/Miv8dzEV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/yNskLjVU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/aeje7cGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/Jg7NzxGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/9paBIpsQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/A7vu0EeH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/7uwwhl94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/YWaDUObR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/QuveHnYn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/GVM3pjcj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/dx042zP9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/e4afwuHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/vLV9oBxC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/DmiLQDWL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/v8wczpul" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/ZihOVYv6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/gknc664t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/iOYhk7WL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/bN3Ykka1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/HVjxaIzt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/m4kDdLeG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/70oefPVx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/ud7vHKBd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/3roK5z2W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/Ns00TBxQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/jfNRPstX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/iwZdQFI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/VUp1TVXW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/gZw0kYWO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/k804cksa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/CagO1NUf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/HVmPAZO7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/OOmm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/VebdANnt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/LOTr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/eUY9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/2ii6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="http://roerbye.ktdk.dk/vaerker/udsigt-fra-terrassen-i-kapucinerklosteret-have" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M96"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -1340,4901 +1340,4901 @@
         <v>7</v>
       </c>
       <c r="I1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C2" s="5" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="C2" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E2" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="I2" s="5"/>
-      <c r="J2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J2" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="K2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L2" s="6" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="M2" s="5"/>
+        <v>21</v>
+      </c>
+      <c r="M2" s="5" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H3" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H3" s="5" t="s">
+        <v>25</v>
       </c>
       <c r="I3" s="5"/>
       <c r="J3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L3" s="6" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="M3" s="5"/>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H4" s="5" t="s">
-        <v>20</v>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I4" s="5"/>
       <c r="J4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L4" s="6" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="M4" s="5"/>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>23</v>
-[...11 lines deleted...]
-        <v>27</v>
+        <v>30</v>
+      </c>
+      <c r="C5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H5" s="5" t="s">
-[...12 lines deleted...]
-      </c>
+      <c r="H5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I5" s="5"/>
+      <c r="J5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K5" s="5"/>
       <c r="L5" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="M5" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M5" s="5"/>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="C6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H6" s="5" t="s">
-        <v>34</v>
+      <c r="H6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I6" s="5"/>
       <c r="J6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K6" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="K6" s="5"/>
       <c r="L6" s="6" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="M6" s="5"/>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="C7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H7" s="5" t="s">
-        <v>37</v>
+      <c r="H7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I7" s="5"/>
       <c r="J7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K7" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="K7" s="5"/>
       <c r="L7" s="6" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="M7" s="5"/>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="C8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I8" s="5"/>
       <c r="J8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K8" s="5"/>
       <c r="L8" s="6" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M8" s="5"/>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="C9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I9" s="5"/>
       <c r="J9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K9" s="5"/>
       <c r="L9" s="6" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="M9" s="5"/>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="C10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I10" s="5"/>
       <c r="J10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K10" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="K10" s="5"/>
       <c r="L10" s="6" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="M10" s="5"/>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="C11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I11" s="5"/>
       <c r="J11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K11" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="K11" s="5"/>
       <c r="L11" s="6" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="M11" s="5"/>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="C12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H12" s="5" t="s">
-        <v>49</v>
+      <c r="H12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I12" s="5"/>
       <c r="J12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K12" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="K12" s="5"/>
       <c r="L12" s="6" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="M12" s="5"/>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H13" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H13" s="5" t="s">
+        <v>47</v>
       </c>
       <c r="I13" s="5"/>
       <c r="J13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L13" s="6" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="M13" s="5"/>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="I14" s="5"/>
       <c r="J14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L14" s="6" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="M14" s="5"/>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="C15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H15" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H15" s="5" t="s">
+        <v>53</v>
       </c>
       <c r="I15" s="5"/>
       <c r="J15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K15" s="5"/>
+      <c r="K15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="L15" s="6" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="M15" s="5"/>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H16" s="5" t="s">
-        <v>59</v>
+      <c r="H16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I16" s="5"/>
       <c r="J16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L16" s="6" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="M16" s="5"/>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H17" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H17" s="5" t="s">
+        <v>58</v>
       </c>
       <c r="I17" s="5"/>
       <c r="J17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L17" s="6" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="M17" s="5"/>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="C18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H18" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H18" s="5" t="s">
+        <v>61</v>
       </c>
       <c r="I18" s="5"/>
       <c r="J18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K18" s="5"/>
+      <c r="K18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="L18" s="6" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="M18" s="5"/>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="I19" s="5"/>
       <c r="J19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L19" s="6" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="M19" s="5"/>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H20" s="5" t="s">
-        <v>69</v>
+      <c r="H20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I20" s="5"/>
       <c r="J20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L20" s="6" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="M20" s="5"/>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="I21" s="5"/>
       <c r="J21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L21" s="6" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="M21" s="5"/>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="C22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H22" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H22" s="5" t="s">
+        <v>72</v>
       </c>
       <c r="I22" s="5"/>
       <c r="J22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K22" s="5"/>
+      <c r="K22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="L22" s="6" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="M22" s="5"/>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="I23" s="5"/>
       <c r="J23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L23" s="6" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="M23" s="5"/>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="I24" s="5"/>
       <c r="J24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L24" s="6" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="M24" s="5"/>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="C25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H25" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H25" s="5" t="s">
+        <v>81</v>
       </c>
       <c r="I25" s="5"/>
       <c r="J25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K25" s="5"/>
+      <c r="K25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="L25" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="M25" s="5"/>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I26" s="5"/>
       <c r="J26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L26" s="6" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="M26" s="5"/>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="B27" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H27" s="5" t="s">
         <v>86</v>
-      </c>
-[...29 lines deleted...]
-        <v>87</v>
       </c>
       <c r="I27" s="5"/>
       <c r="J27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L27" s="6" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="M27" s="5"/>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H28" s="5" t="s">
         <v>89</v>
-      </c>
-[...29 lines deleted...]
-        <v>90</v>
       </c>
       <c r="I28" s="5"/>
       <c r="J28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L28" s="6" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="M28" s="5"/>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H29" s="5" t="s">
         <v>92</v>
-      </c>
-[...31 lines deleted...]
-        </is>
       </c>
       <c r="I29" s="5"/>
       <c r="J29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K29" s="5"/>
+      <c r="K29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="L29" s="6" t="s">
         <v>93</v>
       </c>
       <c r="M29" s="5"/>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>94</v>
+        <v>13</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="C30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I30" s="5"/>
       <c r="J30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K30" s="5"/>
+      <c r="K30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="L30" s="6" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="M30" s="5"/>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I31" s="5"/>
       <c r="J31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L31" s="6" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="M31" s="5"/>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H32" s="5" t="s">
-        <v>99</v>
+      <c r="H32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I32" s="5"/>
       <c r="J32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L32" s="6" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="M32" s="5"/>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H33" s="5" t="s">
-        <v>102</v>
+      <c r="H33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I33" s="5"/>
       <c r="J33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L33" s="6" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="M33" s="5"/>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="I34" s="5"/>
       <c r="J34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L34" s="6" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="M34" s="5"/>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I35" s="5"/>
       <c r="J35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L35" s="6" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="M35" s="5"/>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H36" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H36" s="5" t="s">
+        <v>106</v>
       </c>
       <c r="I36" s="5"/>
       <c r="J36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L36" s="6" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="M36" s="5"/>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I37" s="5"/>
       <c r="J37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L37" s="6" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="M37" s="5"/>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="C38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I38" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I38" s="5"/>
       <c r="J38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K38" s="5" t="s">
-        <v>116</v>
+      <c r="K38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L38" s="6" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="M38" s="5"/>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I39" s="5"/>
       <c r="J39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L39" s="6" t="s">
-        <v>120</v>
+        <v>113</v>
       </c>
       <c r="M39" s="5"/>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>121</v>
+        <v>114</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>122</v>
+        <v>61</v>
       </c>
       <c r="I40" s="5"/>
       <c r="J40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L40" s="6" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="M40" s="5"/>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="I41" s="5"/>
       <c r="J41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L41" s="6" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
       <c r="M41" s="5"/>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="I42" s="5"/>
       <c r="J42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L42" s="6" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="M42" s="5"/>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="I43" s="5"/>
       <c r="J43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L43" s="6" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="M43" s="5"/>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>77</v>
+        <v>126</v>
       </c>
       <c r="I44" s="5"/>
       <c r="J44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L44" s="6" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="M44" s="5"/>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>49</v>
+        <v>129</v>
       </c>
       <c r="I45" s="5"/>
       <c r="J45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L45" s="6" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="M45" s="5"/>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="I46" s="5"/>
       <c r="J46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L46" s="6" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="M46" s="5"/>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="C47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H47" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H47" s="5" t="s">
+        <v>135</v>
       </c>
       <c r="I47" s="5"/>
       <c r="J47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K47" s="5"/>
+      <c r="K47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="L47" s="6" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="M47" s="5"/>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H48" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H48" s="5" t="s">
+        <v>138</v>
       </c>
       <c r="I48" s="5"/>
       <c r="J48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L48" s="6" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="M48" s="5"/>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="I49" s="5"/>
       <c r="J49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L49" s="6" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="M49" s="5"/>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>23</v>
-[...11 lines deleted...]
-        <v>27</v>
+        <v>24</v>
+      </c>
+      <c r="C50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H50" s="5" t="s">
-        <v>149</v>
+      <c r="H50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I50" s="5"/>
-      <c r="J50" s="5" t="s">
-        <v>30</v>
+      <c r="J50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L50" s="6" t="s">
-        <v>150</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="M50" s="5"/>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H51" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H51" s="5" t="s">
+        <v>146</v>
       </c>
       <c r="I51" s="5"/>
       <c r="J51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L51" s="6" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="M51" s="5"/>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="I52" s="5"/>
       <c r="J52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L52" s="6" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="M52" s="5"/>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H53" s="5" t="s">
-        <v>157</v>
+      <c r="H53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I53" s="5"/>
       <c r="J53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L53" s="6" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="M53" s="5"/>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="I54" s="5"/>
       <c r="J54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L54" s="6" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="M54" s="5"/>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H55" s="5" t="s">
-        <v>163</v>
+      <c r="H55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I55" s="5"/>
       <c r="J55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L55" s="6" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="M55" s="5"/>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I56" s="5"/>
       <c r="J56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L56" s="6" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="M56" s="5"/>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H57" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H57" s="5" t="s">
+        <v>89</v>
       </c>
       <c r="I57" s="5"/>
       <c r="J57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L57" s="6" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M57" s="5"/>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="I58" s="5"/>
       <c r="J58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L58" s="6" t="s">
-        <v>171</v>
+        <v>164</v>
       </c>
       <c r="M58" s="5"/>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H59" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H59" s="5" t="s">
+        <v>166</v>
       </c>
       <c r="I59" s="5"/>
       <c r="J59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L59" s="6" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="M59" s="5"/>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I60" s="5"/>
       <c r="J60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L60" s="6" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="M60" s="5"/>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>77</v>
+        <v>171</v>
       </c>
       <c r="I61" s="5"/>
       <c r="J61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L61" s="6" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="M61" s="5"/>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>131</v>
+        <v>174</v>
       </c>
       <c r="I62" s="5"/>
       <c r="J62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L62" s="6" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="M62" s="5"/>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="I63" s="5"/>
       <c r="J63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L63" s="6" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="M63" s="5"/>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="I64" s="5"/>
       <c r="J64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L64" s="6" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="M64" s="5"/>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="I65" s="5"/>
       <c r="J65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L65" s="6" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="M65" s="5"/>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="I66" s="5"/>
       <c r="J66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L66" s="6" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="M66" s="5"/>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H67" s="5" t="s">
-        <v>193</v>
+      <c r="H67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I67" s="5"/>
       <c r="J67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L67" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="M67" s="5"/>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>196</v>
+        <v>89</v>
       </c>
       <c r="I68" s="5"/>
       <c r="J68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L68" s="6" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="M68" s="5"/>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="I69" s="5"/>
       <c r="J69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L69" s="6" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="M69" s="5"/>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="I70" s="5"/>
       <c r="J70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L70" s="6" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="M70" s="5"/>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="I71" s="5"/>
       <c r="J71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L71" s="6" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="M71" s="5"/>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="I72" s="5"/>
       <c r="J72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L72" s="6" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="M72" s="5"/>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="I73" s="5"/>
       <c r="J73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L73" s="6" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="M73" s="5"/>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H74" s="5" t="s">
-        <v>214</v>
+      <c r="H74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I74" s="5"/>
       <c r="J74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L74" s="6" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="M74" s="5"/>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I75" s="5"/>
       <c r="J75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L75" s="6" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
       <c r="M75" s="5"/>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H76" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H76" s="5" t="s">
+        <v>212</v>
       </c>
       <c r="I76" s="5"/>
       <c r="J76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L76" s="6" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="M76" s="5"/>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>221</v>
+        <v>212</v>
       </c>
       <c r="I77" s="5"/>
       <c r="J77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L77" s="6" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="M77" s="5"/>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="I78" s="5"/>
       <c r="J78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L78" s="6" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="M78" s="5"/>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="I79" s="5"/>
       <c r="J79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L79" s="6" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="M79" s="5"/>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H80" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H80" s="5" t="s">
+        <v>223</v>
       </c>
       <c r="I80" s="5"/>
       <c r="J80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L80" s="6" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="M80" s="5"/>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="I81" s="5"/>
       <c r="J81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L81" s="6" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="M81" s="5"/>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H82" s="5" t="s">
-        <v>234</v>
+      <c r="H82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I82" s="5"/>
       <c r="J82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L82" s="6" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="M82" s="5"/>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="I83" s="5"/>
       <c r="J83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L83" s="6" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="M83" s="5"/>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="I84" s="5"/>
       <c r="J84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L84" s="6" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="M84" s="5"/>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="I85" s="5"/>
       <c r="J85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L85" s="6" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="M85" s="5"/>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="I86" s="5"/>
       <c r="J86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L86" s="6" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="M86" s="5"/>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="I87" s="5"/>
       <c r="J87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L87" s="6" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="M87" s="5"/>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="I88" s="5"/>
       <c r="J88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L88" s="6" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="M88" s="5"/>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="I89" s="5"/>
       <c r="J89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L89" s="6" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="M89" s="5"/>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="I90" s="5"/>
       <c r="J90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L90" s="6" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="M90" s="5"/>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="F91" s="5" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="I91" s="5"/>
       <c r="J91" s="5" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L91" s="6" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H92" s="5" t="s">
-        <v>267</v>
+      <c r="H92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I92" s="5"/>
       <c r="J92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L92" s="6" t="s">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="M92" s="5"/>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>269</v>
+        <v>262</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>14</v>
+        <v>263</v>
       </c>
       <c r="C93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I93" s="5"/>
+      <c r="I93" s="5" t="s">
+        <v>264</v>
+      </c>
       <c r="J93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K93" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K93" s="5" t="s">
+        <v>265</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>270</v>
-[...1 lines deleted...]
-      <c r="M93" s="5"/>
+        <v>266</v>
+      </c>
+      <c r="M93" s="5" t="s">
+        <v>267</v>
+      </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="B94" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="C94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I94" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="J94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L94" s="6" t="s">
         <v>271</v>
       </c>
-      <c r="B94" s="5" t="s">
-[...27 lines deleted...]
-      <c r="H94" s="5" t="s">
+      <c r="M94" s="5" t="s">
         <v>272</v>
       </c>
-      <c r="I94" s="5"/>
-[...13 lines deleted...]
-      <c r="M94" s="5"/>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C95" s="5" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="C95" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D95" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E95" s="5" t="s">
+        <v>274</v>
+      </c>
+      <c r="F95" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H95" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H95" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="I95" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="J95" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="K95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L95" s="6" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="M95" s="5"/>
+        <v>277</v>
+      </c>
+      <c r="M95" s="5" t="s">
+        <v>278</v>
+      </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>277</v>
+        <v>30</v>
       </c>
       <c r="C96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I96" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I96" s="5"/>
       <c r="J96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K96" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="K96" s="5"/>
       <c r="L96" s="6" t="s">
-        <v>279</v>
-[...1 lines deleted...]
-      <c r="M96" s="5" t="s">
         <v>280</v>
       </c>
+      <c r="M96" s="5"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>