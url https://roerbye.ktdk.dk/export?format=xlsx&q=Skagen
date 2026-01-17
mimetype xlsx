--- v0 (2025-12-03)
+++ v1 (2026-01-17)
@@ -44,277 +44,57 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>27. jul. 1848</t>
-[...2 lines deleted...]
-    <t>Brev</t>
+    <t>Værkfortegnelse 1826-1839</t>
+  </si>
+  <si>
+    <t>Værkfortegnelse</t>
   </si>
   <si>
     <t>Martinus Rørbye</t>
-  </si>
-[...218 lines deleted...]
-    <t>Værkfortegnelse 1826-1839</t>
   </si>
   <si>
     <t>Caroline
 Christian VIII
 Frederik VI
 Rasmus Borch
 Wilhelm Cathala
 Bernt Anker Collett
 Emilie Collett, f. Rørbye
 Frederikke Benedicte Dannemand, f. Mortensdatter Andersen Rafsted
 C.W. Eckersberg
 Gerhard Faye
 Karen Christiane Faye, f. Stockfleth
 Christian Fenger
 Peter Jørgen Frydendahl
 Nicolai Gerson
 Constantin Hansen
 Christian Frederik Holm
 J.L. Jensen
 Jørgen Hansen Koch
 Albert Küchler
 Christian August Lorentzen
 Adam Wilhelm Moltke-Bregentved
 Marie Elisabeth Moltke, f. Knuth
 Jens Peter Møller
@@ -485,398 +265,618 @@
 Efter min Udenlans-Reise vænt tilbage den 20de November 1837.
 (Syg i de første Maaneder)
 Malet i Martz 1838
 En ung Abate læsende. stort 15 Tom. 10½ Tom bredt 
 Til Grevinde Moltke for 40 Spec.
 Med Mellemrum fra Januar 1838 til i Begyndelsen af August Maaned malede jeg mit Receptions-Arbeide til Accademiet, der forestiller Ponte del Caravana i Smyrna med Figurer tagne af det tyrkiske Folkeliv.
 I September malet en lille Kopie efter Blomstermaler Jensens Malerie af mig forestillende et Par Munke: Motivet fra St: Giubileo i den romerske Kampagne. Aftenbelysning.
 Kjøbt af Kunstforeningen i Christiania 45 Sp Norsk
 I September og en Deel af October malet
 En græsk Dreng som skriver; Motivet til Baggrunden er tagen oppe fra Accropolis stort 23½ Tom 19½ Tom høit 
 For den norske Kunstforening 60 Sp Norsk.
 •12•
 I October 1838 malet en Kopie af det anførte Malerie med den skrivende græske Dreng i samme Størrelse kun med Forandring af Dragten.
 Kjøbt af Kunstforeningen her for 70 Sp.
 I November 
 En Gjentagelse af den læsende Abate. 
 15 Tom. 10½ Tom
 malet for Grosserer Gerson 40 Sp.
 Syg i December, Januar og tildeels i Februar Maaned; derpaa begynt igjen at arbeide og i Løbet af denne Marts og April Maaned [1839] malet et Partie i Athen med Vindenes Taarn og Figurer i Costumer fra forskjellige Egne i Grækenland. stort 1 Al 7 Tom og 23 Tom i Højden.
 kjøbt af Kunstforeningen for 180 Sp:
 I Mai og en Deel af Juni Maaned, en Altar-Tavle til Tjærebye Kirke ved Frederiksborg. stort 1 Al 18 Tom bred og 2 Al 9 Tom høit, forestillende Christus paa Oliebjerget, i Baggrunden de sovende Apostle og Judas som kommer med Vagten.
 bestilt af Bygnings Administrationen for 200 Sp:
 Tilbragte Juli Maaned hos Her Hof Jægermester •13• v: Zeuthen paa Tølløsegaard hvor jeg malede et lille Genrebillede: En Jæger viser sin Kone Udbyttet af den første Sneppejagt. stort 19 Tommer bredt og 15 Tommer høit 100 Sp.</t>
   </si>
   <si>
-    <t>20. jul. 1848</t>
-[...56 lines deleted...]
-  <si>
     <t>16. jun. 1830</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
   </si>
   <si>
     <t>Gerhard Faye
 Nanny Margrethe Christine Faye
 Wilhelm August Faye
 Wilhelmine Martheline Birgitte Rørbye
 Frederikke Kristiane Rørbye, f. Weinschenck</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/n/kO056YU0</t>
   </si>
   <si>
-    <t>31. aug. 1830</t>
-[...53 lines deleted...]
-    <t>https://roerbye.ktdk.dk/n/YFmkf6po</t>
+    <t>15. jul. 1830</t>
+  </si>
+  <si>
+    <t>Waldemar Nicolai Ulstrup</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/n8WpQlFP</t>
+  </si>
+  <si>
+    <t>20. jul. 1830</t>
+  </si>
+  <si>
+    <t>Niels Juul</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/vJnRHL3j</t>
   </si>
   <si>
     <t>27. jul. 1830</t>
   </si>
   <si>
     <t>Christian Henrik Grosch
 Jacob  Munch</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/n/rD1hgq9s</t>
   </si>
   <si>
     <t>17. aug. 1830</t>
   </si>
   <si>
     <t>Christian IV
 Otto Collett
 Johan Michael Kruse
 Frantz Edler Neumann
 Poul Steenstrup</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/n/Qes0mm7w</t>
   </si>
   <si>
     <t>18. aug. 1830</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/n/tcWKEfOR</t>
   </si>
   <si>
+    <t>31. aug. 1830</t>
+  </si>
+  <si>
+    <t>Østen Hansen
+Halvor Solem
+Østen Tveston</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/sGtnWYOt</t>
+  </si>
+  <si>
     <t>22. sep. 1830</t>
   </si>
   <si>
     <t>Christiane Julie Bielke
 Christopher Budde
 Axel Magnus Fahlcrantz</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/n/yhWS4N76</t>
   </si>
   <si>
+    <t>26. jul. 1834</t>
+  </si>
+  <si>
+    <t>Laurits Stephan Borring</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/eTNRcx6J</t>
+  </si>
+  <si>
+    <t>21. aug. 1834</t>
+  </si>
+  <si>
+    <t>Christen Christensen
+Erling Eckersberg
+André Giroux</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/hc8YHwFF</t>
+  </si>
+  <si>
+    <t> 6. sep. 1835</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Jørgen Hansen Koch</t>
+  </si>
+  <si>
+    <t>Napoli</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Sian
+Gottlieb Bindesbøll
+Adam Wilhelm Moltke-Bregentved
+Walter Scott
+Henriette  Wulff
+Peter Wulff</t>
+  </si>
+  <si>
+    <t>Brev nr. 48 på Rørbyes liste over afsendte breve 1834-37.</t>
+  </si>
+  <si>
+    <t>Det kgl. Bibliotek, NKS 2335, 2°</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/d/Yv0l</t>
+  </si>
+  <si>
+    <t>Neapel den 6te September 1835.
+Allerede længe kjære Her Etatsraad, har det været min agt, med et Par Ord, at lade Dem viide hvorledes jeg havde |det|; altiid er det imidlertiid bleven udsat, da jeg nemlig syntes, at hvad jeg kunne have at skriive om, maaske neppe vilde lønne Dem den Uleilighed, at læse disse Linnier; dog nu, stolende paa Deres Tolmodighed vil jeg ikke udsætte det længere, og, da jeg ogsaa nu er i Begreb med at forlade Neapel, og vende tilbage til Rom, kunne jeg ikke gjøre dette Skrit, uden at lade Dem det viide, og med dette, tillige, hvorledes, og med Hvad, jeg har beskjæftiget mig i Sommer. – De er ved Deres Svoger og Svigerinde formodentlig bleven viidende om hvorledes jeg havde tilbragt min Tiid i Rom, og jeg vil derfor Intet berøre desangaaende; hvad nu derimod mit Ophold angaaer her, da skal jeg tage mig den Frihed at gjøre Dem bekjent dermed, liigesom jeg ogsaa udbeeder mig at Etatsraaden vil være saa god, at meddeele Academiet hvad de synes passende, saa at det derved kan blive vidende om hvad jeg foretager mig. – Efter min Ankomst hertil i Foraaret tog jeg, efter et kort Ophold her i Byen iselskab med Bindesbøll, og nogle tyske Arcitecter, til Pompeii, besøgte Pæstum, og saae iøvrigt Alt, hvad der her i Egnen ellers er mærkeligt; men da denne Tuur blev foretaget i temmelig kort Tiid, var det, der blev arbeidet kun ringe, og langtfra saaledes, at det kunde have Navn af Studier, og efter at jeg var kommen tilbage, iilede jeg derfor strax igjen med at forlade Neapel, og tog derfor til Procida, hvor jeg havde seet Tiing, som jeg nok troede værd at tegne, og male. Efter et Ophold af 14 Dage der, opslog jeg min Bopæl i Sorre[n]t, hvor jeg gjorde fleere malede Studier, hvoraf man vil, efter min Meening kunde gjøre ret nette Malerier, og det var ogsaa min Agt i Vinter at sætte dette i værk; men da jeg fra Sorrent reiste til Amalfi, fandt jeg der endnu meere interessante Sager, og med at male disse har jeg beskjæftiget mig •2• i den seenere Tiid. Men omendskjønt jeg ikke synes at have ødslet med min Tiid, har jeg dog langt ifra ikke faaet saa meget bestilt, som jeg tidligere havde gjort Regning paa, hvilket jeg isærdeeleshed maae tilskrive den uhyre Heede her om Sommeren, der ofte gjorde Alt Arbeide næsten umuligt, og foruden dette ogsaa en Sygdom, der i Amalfi i nogen Tiid gjorde mig aldeeles sløv. Jeg maatte imidlertiid være glad ved at mit vigtigste Studium der næsten alt var færdigt, da den fatale Sygdom indfandt sig; thi efter denne vilde jeg maaskee neppe haft Kraft eller Lyst til at begynde derpaa. – At opregne for Dem kjære Her Etatsraad, hvad mine Studier saaledes forestiller, lader sig ikke vel gjøre; men jeg vil ikke undlade at siige Dem, at det Vigtigste forestiller det Heele, som de veed, saa høist smukke Torv i Amalfi; det var et Arbeide, der allene medtog over 14 Dage; men jeg har da ogsaa et Studie, hvoraf jeg tillige med de dertil hørende Tegninger, kan gjøre et Malerie i en betydelig større Maalestok og som jeg vist troer, vilde have Interesse hjemme, vis jeg nogenlunde var heldig med Udførelsen. Og jeg vilde sætte mig beste Haab hertil, da allerede saa meget er gjort, som jeg troer ikke uheldigt; jeg kan forsikkre Dem om, at jeg med en Slags Frygt skreed dertil, deels fordi Foretagenet virkelig ikke var ubetydeligt, og deels ogsaa, fordi jeg uundgaaeliig maatte udsætte mig for det heele Amalfitanske Publicum’s Nysgjerrighed, idet jeg saaledes tog Plads paa det meget levende [overstreget: Plads] |Torv|: Dog det gik langt over Forventning godt, allerede iforveien havde jeg talt om dette med Staden’s meget betydende Ciceron, og hans Søn tjente mig nu under det heele Arbeide, som Garde, idet jeg overlod til ham saa meget som muligt at holde ryddeligt for Drengene, og der vankede i denne Anleedning manget godt Slag for de Gjenstridige, han fik jo rigtignok ogsaa et Par Gange sin Part, idet han havde indladt sig med den Stærkere; men i det Heele tagen var Folk paa ingen Maade slemme, og naaer jeg bemærkede nogen, der ikke paa hans Anmodning vilde forføie dem bort, da behøvede jeg blodt med et Par gode Ord at anmode dem derom, og de opfyldte da strax min Begjæring. Med Honoratiores lod det sig imidlertiid ikke saaledes gjøre, dem maatte man lade have deres Villie; men mange af dem var mig ogsaa til meget Nytte, og havde jeg villet have en Gendarm hos mig, da kunde jeg blodt have modtaget Tilbudet derom; men jeg foretrak det som det gik, meere i all venskabelighed; ved mit lange Ophold der var jeg bleven godt bekjendt med en stoer Deel Folk af alle Stænder og disse vare nu alle mine Venner og hjalp mig tilrette naar jeg ønskede det. Man skulde neppe troe det; men efter Drengene følge bestemt de Geistlige her i Nysgjerrighed, og kom først een af disse for at see, da kunde jeg være vis paa snart at have alle hans Bekjendte, og derunder endnu en Sværm •3• Andre, hvem det intereserede saaledes mangegange i Tiimer at være mine Tilskuere idet de indbyrdes imellem dem langt ifra var sparsom med deres Roes. Jeg kunde fylde fleere Ark, vis jeg vilde begynde at fortælle Dem nogle af de høist snurrige Tilfælde og Anecdoter jeg i de Dage der oplevede; men dette maae jeg have mig forbeholdent til jeg igjen kommer hjem, da er jeg til Deres Tjeneste dermed, forudsat at de vil høre derpaa, dog er Deres Tolmodighed ikke saa stoer kjære Her Etatsraad, da er jeg overbeviist om at finde et villigt Øre hos deres Svigerinde Frøken Jette hvis Interesse for Alt hvad der angaaer Italien, tidligere var liige saa stoer, som min nu er det; og mine Historier om Signora Sian og hendes Søn Skrædderen, ved hvis Butique jeg i Amalfi residerede, skal vel en Aften være istand til at aflokke hende manget Smiil: Dette omtalte gl: Kone var nemlig en Person, ganske i W: Schott’s Stiil, og for mig dengang høist vigtig, da hun havde taget mig under sin særdeeles Beskyttelse, og var Ordenen omkring mig ikke paa anden Maade at erholde, da behøvede jeg blodt at forlange hendes Assistants, og hun anstilte strax de hæsligste Forfølgelser paa Torvet, bevæbnet med hendes italienske Feiekost, og som hendes Reserve stod Skrædderen med sin uhyre Sax, truende Alt med sit Vaaben, der ikke adlød. – Dog kjære Her Etatsraad, Alt dette er nu forbi, og jeg befinder mig igjen her i Neapel, og iiler med at gjøre Dem bekjendt men [dvs. med] en Beslutning, som jeg under Skrivningen af disse Linnier har taget, og som gjør det nødvendigt for mig, mere end nogensinde at anmode Dem om Deres fremtiidige Bistand; De har hiidindtil været mig saa god, at jeg tør haabe, at De vil vedblive dette kjær Her Etatsraad, og jeg, drage saa megen Nytte af min Reise, som jeg veed De ønsker mig. Sagen er nu denne: Bindesbøll vendte idag tilbage fra et Ophold i Pompei for nu snart at tiltræde sin allerede længe bestemte Reise til Grækenland; jeg har besluttet at tage med, og jeg troer ikke at dette |kan være| andet end til min Fordeel, da Bestemmelsen er at vi skulde være tilbage i Rom i Januar Maaned, og jeg i Løbet af den Tiid, da kan have Haab om, at have samlet Stof til Malerier, der vist vil kunne have megen Interesse, saa meget mere, som ingen af de danske Malere før har været der, hvor der vist maae være en saare riig Mark. Da vi ere to ville vi kunne reise med langt mere Interesse, maaske ogsaa billigere, og |jeg| kan ikke troe, at De vil kunne misbillige denne Beslutning, der vel for Øjeblikket medfører et større Pengeforbrug; men som [da] i Tiiden vist vil kunne lønne sig for mig. De kjender mine Peng[esagers] mislige Stilling, jeg behøver ikke at detailliere dette for Dem, der selv har reist saa meget, og kjende alle Forhold; men jeg behøver vel at udbeede mig Deres, mig saa vigtige Bevaagenhed, og er De saa god at skjænke mig denne, da skrider jeg trøstig viidere, og venter blodt paa Tiiden engang at kunne takke Dem for all Deres Godhed for mig. •2•
+Da jeg vilde tabe formeget paa at omsætte de Penge jeg sidst fik udbetal af mit Stipendium, forstrækker Bindesbøll mig, da han har faaet Kreditiv paa Athen, og jeg skal da tilbagebetale ham dette, naaer vi kommer tilbage til Rom, hvorpaa jeg herfra har ladet mig give en Vexel. Da vil imidlertiid formodentliig det meeste af disse Penge være forbrugte, og inden der saa lader sig erhverve noget medgaaer ogsaa endeel Tiid, muli- •1• gen at jeg da kunde faae noget af det tredie Aars Stipendium udbetalt, og det store Deficit, der da allerede finder Sted, maae jeg naaer den Tiid kommer henvende mig til Dem om, da Deres Indflydelse maae herlige[?] mig til at erholde et Tillæg uden hvilket jeg kommer slemt daran. Det er maaske formeget forlangt kjære Her Etatsraad; men jeg stoler i Alt paa Dem, og har ikke andet hvor med jeg kan gjengælde Dem dette end at forsikkre Dem om min Taknemmelighed, og er jeg Deres mest forbundne Tjener M. Rørbye
+Jeg maae beede Dem at hilse Deres Svoger og Svigerinde, og takke dem for all deres Opmærksomhed mod mig i Rom, og beeder jeg Dem at gjøre Academiet bekjendt med min Reise, og at hilse Dher Professorer, og vis det kan passe sig, da ogsaa Moltke som jeg veed har lidt Godhed for mig. Levvel kjære Her Etatsraad, og glem ikke Deres Client.</t>
+  </si>
+  <si>
+    <t> 6. maj. 1836</t>
+  </si>
+  <si>
+    <t>Frederikke Rørbye, f. Stockfleth</t>
+  </si>
+  <si>
+    <t>Zante</t>
+  </si>
+  <si>
+    <t>Anastasio
+Otto I
+Gottlieb Bindesbøll
+Mahmud Dramali
+Ioannis Antonios Kapodistrias
+Konstantinos Kolokotronis
+Adolph Ludvig Köppen
+Louise Christine Rasmussen
+Elise Rørbye
+Emma Eulalia Rørbye
+Ida Athalia  Rørbye
+John Rørbye
+Charles Borre Selby
+Nikitas Stamatelopoulos
+John Travers
+Vasso
+Yakris
+Georgios Yakris</t>
+  </si>
+  <si>
+    <t>Brev nr. 70 på Rørbyes liste over afsendte breve 1834-37.</t>
+  </si>
+  <si>
+    <t>Det kgl. Bibliotek, Acc. 1996/44</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/d/YvdB</t>
+  </si>
+  <si>
+    <t>Zante den 6te Mai 1836.
+Nu er jeg da endelig ude af Grækenland; i god Behold, maaske ogsaa derfor med forøget Lyst, til nok engang at besøge det skjønne Land. Reisen var, som du veed kjære Moder, først blot bestemt til at skulle vare 2, høist 3 Maaneder, da jeg igjen ville være tilbage i Rom, og nu er alt 7 Maaneder forløbne, og det bliver vist 8 før Tilbagereisen og Quaraintainen er tilendebragt; det er en meget lang Tiid, og dog er nu alt, næsten som en Drøm, Dagene og Maanederne ere forsvundne, som Minutter, og havde jeg ikke været des bestemtere, kunne det let ogsaa være gaaet saaledes med Aar. Jeg er ikke den første, der er kommen til Grækenland blot i den Hensigt at opholde sig kort Tiid, og er bleven længere; mange have bestemt l Maaned, og ere blevne 7 a 8 Aar, saavel har det gefalt dem der, eller saa dybt ere de komne ind i Forretninger, at de ikke mere uden med store Anstrengelser have kunnet løsrive dem. Dog, af denne Slags har jeg ikke været, jeg har ikke ladet mig binde ved Noget, og var alle Dage reisefærdig; men altiid synes jeg, at det dog var for tidlig saaledes at gaae bort fra et saa malerisk Land, hvor jeg maaske aldrig mere kom, og jeg tilbragte ogsaa Tiiden saare vel, idet jeg blot havde Øie og Øre for det Skjønne; thi ville man der lytte til de Misfornøiedes Demonstrationer, da var Grækenland et reent Helvede; for dette ansees det af næsten alle Tyske, der opholde dem der; de ville at Alt skal være, som hjemme hos dem, og det vil aldrig blive; en Græker blive ingen Beirer, ligesaalidt som Landets Viin bliver til deres Øl. – Men lad mig forbigaae Alt dette, naar Talen falt om Tilstanden i Grækenland, Regjeringen etc: da blev det mig høist ilde, jeg kunne ikke rigtig gaae ind paa de Anskuelser jeg hørte frembragte, og det forekom mig altiid, at begge Partier ikke holt Middelveien, men vare for overdrevne i deres Dadel, at bringe Nogen paa en anden Vei var umuligt, det var jo heller ikke derfor jeg var der; mit Hverv var at see, og det gjorde jeg tilgavns; Skade at Tiiden er forløben; mit Ophold i Grækenland, og Constantinopel har været det behageligste paa heele min Reise, og jeg tvivler meget om det vil blive overtruffen. Kun to Ting har i den Tiid ikke været mig med, det var: at jeg ikke rigtigt kunne Landenes Sprog, og at jeg ingen Efterretninger havde fra det, dog altiid liige kjære Hjem, at erholde disse, trækker mig med umaadelig Kraft til Italien; men jeg seer med Længsel tilbage til hvad jeg forlod. – Jeg har vunden meget i hine Egne, var jeg bleven længere, havde jeg maaske drevet det til at blive en anden Diogenes; men jeg vilde aldrig være bleven saa stor en Nar, at jeg ville finde det Umagen værd at slæbe en Tønde med mig, det er bedre at tage Logiet, som det falder, den ene Dag, brillant, og nogenlunde reenligt, den anden simpelt, kun Skade med dette, at jeg aldrig saavel har kunnet finde mig i |de| alt for mange Varriationer af smaae Dyr; det er muntert nok, det kan jeg ikke nægte; men om Natten er det bedre at sove, end være Gjenstanden for Lystigheder; det er derfor best i Grækenland at sove under aaben Himel. Jeg kom til Landet, som et net Menneske, pudset som man kan være det paa en Reise, og med heel Tøi; det er nu alt omme, Skade at jeg ikke bedre har lært at sye, kunne jeg endda høvle, kunne jeg faae 4-5 Par Støvle; jeg kan blot tegne, og dette skal igjen bringe Alt i Orden, naar jeg først kommer rigtig i Gang dermed. Du ville vist undre dig høilig, vis du saae hvorledes min, engang pyntelige Garderobe nu saae ud, jeg har tænkt mangengang der- •2• paa, naar jeg med Latter sad og bødede derpaa, jeg ønskede mig ofte en af de gode Søstre, Rose, eller dig kjære Moder til Hjælp; Eders Behændighed ville vist have undveget mangen et Syenaale Stik, som mine Fingre nu [maa b]løde for; men Ingen skal kunne siige, at mit Arbeide var slet; vel havde det ikke altiid det pynteligste Udseende, men det var stærkt, og gik aldrig mere itu paa det Sted; men desværre snart ved Siiden; jeg maae have syet alt for godt, og er avanceret betydelig i denne, og den ædle Kogekunst; jeg kan lave et Maaltiid af 3 a 4 Retter, hvoraf den ene overbyder den anden i Velsmag, og er Maaltidet tilendebragt, da kaager jeg en Kaffe, deilig og tyk; men den smager først rigtig, naar man sidder paa Gulvet med Beenene over Kors, og da du for Øjeblikket maaske ikke har Lyst dertil, og jeg heller ikke er tilstede for at lave Kaffen, vil jeg nu hellere fortælle dig lidt om min Reise fra Athen og hertil, maaske vil det interesere dig kjæreste Moder, og kan du selv ikke læse disse Linnier, da lad en af Piigebørnene eller John tage fat derpaa, ved Kaffebordet om Eftermiddagen vil det maaske best lykkes at blive færdig hermed. Dog først maae jeg spørge, om Rose har modtaget mit siste Brev fra Athen dat: 5te og 12te April jeg overgav det til Consul Travers, som lovede at besørge det paa den diplomatiske Vei til Holland, hvor jeg havde anbefalet det til Baron Selbye som jeg ikke kan tvivle om rigtigt har besørget det viidere til sin Ejerinde. Den 13de April sagde jeg da endelig for Alvor Athen og alle Venner der Farvel, det manglede ikke paa dygtige Mandfolkekys ved denne Leilighed; kun een Dame var tilstede, det var den gode gamle Signora, min Værts Moder, hun syntes vel, at hun heller ikke saaligefrem kunne lade mig drage bort, jeg blev derfor ogsaa af hende tildelt et Kys, med tusinde Ønsker om en lykkelig Reise, og snart at komme tilbage; havde den gode Kone været lidt yngre ville det maaske ikke være rigtigt saaledes at fortælle det i et Brev der vel kommer Rose i Hænde; men hun kan være ganske rolig, Konen havde ikke een Tand i Munden, det var altsaa intet Kys man just skulle gaa langt efter. Dog, da nu alt dette var forbi, kom jeg hurtigt til Hest, og at see B og jeg ledsaget af en heel Deel af vore Venner i Tog paa Veien til Piræus, var vel værd at lukke Øjnene høiere op for end hvilken som helst Kavalerie Maneuvre paa Fælleden hjemme, thi paa den Atheniensiske Vei falt ingen af Hesten, det eneste Tilfælde vi havde var at B. engang tabte Hat og Paruque, og nu paa engang sad der som Socrates til Alles store Fornøielse; men lad for all Ting ingen af hans Bekjenter høre at jeg har gjort mig tilgode derover. Nede i Piræus blev det siste Lev vel udbragt ved Viinflaskerne, og da det lakkede mod Aften droge Athenienserne tilbage og lode os blive Natten over der; da ikke Skibet for det Veiret kom til at gaae før næste Morgen. Men ved Solopgang lettede det lille Skib Anker, og jeg tilbragte denne Dag under vedvarende Regn indtil vi mod Aften kom til Egina; der var vor første Beskjæftigelse at opsøge Kjøppen. Han kom med Glæden straalende ud af Øjnene over vor endelige Ankomst, alt havde han næsten opgivet Haabet om at see os, ja jeg troer saagar at han havde skreven hjem, at vi alt vare reiste fra Grækenland, det var bleven ham sagt af Reisende fra Athen. Vi kunne ikke andet end modtage hans velmeente Tilbud om at logere hos ham; havde jeg funden noget bedre troer jeg neppe at jeg havde taget derimod; thi en saadan Nøisomhed gik over min Forstand, det var saavel hans Bolig, som heele economiske Indretning, der var indrettet paa en Fod, som der virkelig hørte meget til at døie; men da jeg saae vorvel han var tilfreds dermed, gjorde jeg ogsaa Løier derover, og i de 3 Dage vi der paa Øen fant os beleirede af Regn, havde jeg mangen pudsig Sene med ham; jeg fik alle hans Talerkener (2) frem at vaske, hans Kniv og Gaffel slebne, hans Pibe rendset, kort jeg gjorde hvad han vist ikke havde bequemet sig til siden han overtog sit Lærer Embede ved Skolen der. For ikke at gaae ud om Morgenen i Regnen, lavede vi Kaffe hjemme, jeg afsatte ham uden viidere fra dette Embede, da han vilde kaage Mælken i en Potte, som siden Kaagningen fra forrige Dag ikke havde været vasket, og da han troede, at der til god Kaffe blot behøvedes Kaffen og Vandet lidt varmet; at see hans Forundring over denne nye Maade at tage Tingen paa var høist pudsig, men han kunne ikke andet end finde Smag deri, ”jeg kunne aldrig begribe” sagde han, ”hvoraf det kom at Mælken strax blev suur, og havde en underlig Smag, naar den blodt havde staaet kort Tiid.” Paa samme Maade dresserede jeg ham om Middagen hos Spiiseværten, med denne var han vel ogsaa lidt svag, og nu troede Manden at da vi kom med K. kunne han byde os det samme, han kom derfor blandt andet med en Salat, hvorved Vand havde den fremherskende Smag ”det er et slet Menneske sagde Kjøppen, jeg har havt mine tusinde Ulykker med den Karl”, B mente man kunne jo for idag tage det, som det var, men jeg var af en anden Mening, kalte Værten, lod ham bringe andet, og skulle jeg da nok selv befrie ham fra at tillave det, han skulle kun bringe Olie, Edike etc: K: gjorde store Øjne, ”det smager for Gud ganske anderledes;” men tænk dem saaledes har den Mand hidindtil behandlet mig;” det er da rigtig nok tildeels ogsaa min egen Skyld; thi jeg seer altiid mere paa Quantiteten end Qualiteten” af den Meening var jeg ikke; men Kjøppen var saare tilfreds saalænge jeg var der, thi Quantiteten manglede han ikke, og Qualiteten var noget ganske andet end det hvortil han havde været vant. – Søndag Morgen viste Himelen endelig at vi kunne vente en smuk Dag, vi benyttede den til at besøge det, paa den anden Siide af Øen liggende Minerva Tempel hvoraf der endnu staar nogle og tyve Søiler meget vel conserverede. Kjøppen var sjæleglad den Dag, han havde faaet sine Tomme tykke Vandrings Skoe paa, og travede hele Tiiden ved Siden af min Hest sludrende i et væk, at faae ham til at riide havde været mig en Umulighed, det var ham saaledes bedre, sagde han, da kunne han dog den Tiid indbilde sig, at han igjen var paa Reisen. Det lykkelige Reiseliv, Hjemmet og vore Paarørende blev ret omtalt med Liv; ”tag Dem iagt Kjøppen, der løber De lige i et Hul” De har for Gud ret” sagde han, jeg var reent inde i Betraktningen af den skjønne Natur” det er dog en velsignet Morgen, tror •3• De, at man paa d[...] engang hiint Bjerg med den deilige Ruin og de stolte Cypresse[r ...] De saa snar[t] igjen forlade mig? ”Det maae saaledes være, kjære Ve[n. ...] vi more[...].” men ikke i Grækenland. Det maae jeg ogsaa betvivle. Men veed De hvad jeg nu vil gjøre, sa[gde han ....]st? Jeg vil strax sætte mig hen at give min Søster en heel Beskrivelse over denne heele Udflugt og [....] sig her. Og til dette glæde han sig ret; da vi havde besøgt Templet, toge vi paa Tilbageveien til den gamle Stad, der nu ligger forladt høit paa en Klippe, hvorfra man har en deilig Udsigt omkring paa Øen. K viiste mig denne med et Slags Triumf, ”nu kan du dog siige hjemme at jeg just ikke sidder saa ilde her”. Om Aftenen vare vi igjen tilbage i Byen, og bleve endnu der Øjenvidne til en meget caracteristisk Dans af Egineterne, det var Synd at siige de Folk paa, at de ere for høflige i Dansebevægelserne, man kommer ikke let der til nogen Føring. En forbandet Omstændighed var det at jeg ikke fik nogen af de smukke Ipsarriotinde Dragter tegnede, jeg der saae; men Fruentimerne ere der næsten som skye, og at kunne faae Tilladelse til at tegne dem holder meget svært. Den 18de begave vi os ombord paa det lille Skib, der skulle føre os over til Epidaurus; men da vi vare komne et Stykke ud, blev det Modvind, og vi maatte vende tilbage, da det dog var bedre at ligge i Havn om Natten, end paa Søen i den mørke Nat maaske blive udsat for en Storm. Vi spiiste endnu den Aften sammen med Kjøppen, og sagde ham et hjerteligt Levvel da han ledsagede os ombord med sin lille Lygte; naar nogen af Piigebørnene seer hans Søster da siig at han lever vel, og er fornøiet med sit Embede, man ville vist ogsaa have ondt ved at finde nogen anden der bedre var det voxen da han ogsaa taler meget godt græsk. – Dog som sagt jeg kom ombord og tilbragte Natten fortræffeligt saagende paa de smaae Steene der i Bunden af Baaden udgjorde Baglasten, og da jeg om Morgenen vaagnede var alt Skipperen og hans Sønner ifærd med at roe rask frem, da det var blikstille. Det var en deilig Dag, og den lille Søetur meget smuk, da man allevegne omkring sig seer Land og Øer. Mod Aften kom vi ind i Havnen ved Epidaurus, hvor vi stege iland og forbleve Natten over; det er et overmaade smukt Sted, Vegetationen udmærket deilig, og i sin heele Glands efter Regnen, jeg følte mig saare vel der, var ogsaa ret godt indlogeret; men det behagelige Indtryk blev betydelig svækket, da jeg om Morgenen havde en dygtig Strid med vor bedrageriske Vært, og da jeg just ikke var forknyt kalte jeg Dimarken til Hjælp; han ville gjerne bære Kappen paa begge Skuldre, og jeg havde ikke stor anden Fordel end at jeg sagde Værten at han var en Esel, og lovede ham [at] indberette hans Opføsel til Athen, da droge vi først viidere med et Par Aquiater der mest lignede Røvere; den ene var da ogsaa en af Capodistras gamle Soldater. I øsende Regn kom jeg til Nauplion, og maatte der for Veiret blive 3 Dage; det var just ikke meget behageligt, da der Intet synderligt var at tegne. Tiiden gik dog taaleligt idet vi i Mellemrumene af Regnen besaae Byen og Fæstningen ovenover, og foruden dette forskaffede Opholdet der os den Fordel at vi igjen traf Oberst Nicitas, som jeg tidligere i Athen havde lært at kjende. Jeg gjorde ham bekjendt med vor Reiseplan, der enten var at gaae til Tripolidsa, og derfra besøge Sparta og det sydligere Morea inden vi gik til Patras; eller ogsaa lade os nøie med at gjennemdrage den nordligste Deel af Halvøen, og over Calavritta og Mega Spileon tage Veien til Patras. Han raadede os til at vælge den nordligere Vei, hvor vi med Sikkerhed kunne reise, da han derimod ikke ville svare for den anden, da der nylig nede i Messenien havde vist sig en Bande paa nogle og tyve Personer, der havde udplyndret adskillige Huuse. Vel sagde han at han skulle give mig Breve med til alle de græske Oberster paa vor Vei, og at de skulle give os Geleide hvor det kunne være usikkert, ja han sagde saagar, at vis han, som ikke var Tilfælde; thi han havde den ondartede Feber; men havde han været rask, da ville han selv have gjort sig en Fornøielse af at gjøre denne lille Reise med os, da mente han skulle vel ingen Græker faae isinde at gjøre os noget. Vi fulgte hans velmeente Raad, saa meget des snarere, da vi selv, formedelst det ustadige Veier ikke turde vove os saa langt, af Frygt for at komme for silde til Patras og Corfu, og da gaae glip af Dampbaaden, der kun gaaer een Gang hver Maaned. Dagen før vor Afreise fra Nauplion gav han mig en heel Deel Breve til hans Bekjentere overalt hvor vi ville komme frem, eller tilbringe Natten, og jeg sagde den saare vakre Mand et ret inderligt Levvel! Der er noget saare indtagende ved ham, og er han uden Spørgsmaal den vakreste Græker, jeg har lært at kjende. Den følgende Dag forlode vi Nauplion, den har ganske Udseendet af en stor Stad, og da Regjeringen i nogen Tiid havde opslaaet sit Sæde, saa hævede der sig fleere temmelig store Bygninger, der giver Byen Anseelse; fleere seer man imidlertiid halvfærdige; thi da Kongen drog til Athen var ikke mere Folkemængden og Tilløbet saa stort og Speculationerne tabte derved betydeligt, Nauplion bliver dog altiid en af Grækenlands første Stæder. I Argos, der kun ligger kort derfra, saae vi alt Virkningen af Nicita’s Recomendation, jeg gik til Oberst Yocris til hvem jeg havde Brev, traf den unge Collocotroni og en heel Deel andre græske Høvdinger, og mærkede vel paa deres heele Opførsel, at man af den Rigtige var anbefalet. Y: og hans Broder gjorde strax Anstalter for Logie til os, og accorderede om Heste der den følgende Dag skulle møde, og som vi da skulle beholde paa heele den øvrige Tuur, og da der blev noget Vrøvl med Aquiaten, der helst havde ønsket at vi selv havde sluttet Accorten med ham, og han da bedre havde kunnet behandle os som Fremmede hvad Priisen angik, da kom igjen Obersten og satte Karlen saaledes tilrette, at han ikke vovede at knye. Han var en boesiddende Mand i Argos, og vis vi blot lod Y: ved et Par Ord viide, at vi i minste Maade havde været misfornøiede med hans Opførsel paa Veien, sagde han han vel skulle viide, hvad han havde at gjøre, og han lod os Søndag Morgen |den 24de|, da vor Afreise var bestemt hellere vente lidt før han tillod Aquiaten at begive sig paa Veien med os, da han havde fundet |Noget| paa Seeletøiet at udsætte, som Karlen først maatte bringe i Orden, da reede vi først afsted, efter at Aquiaten nøie var bleven foreskreven hvad Vei han havde at føre os, og hvorledes han i alle Tilfælde skulle opføre sig, og vi havde Aarsag til at takke ham meget derfor, det er yderst behagelig paa en Reise, og mest i et Land som Grækenland, at have med Folk at bestille, der viise saa megen Omhygelighed. Den Dag, jeg opholdt mig i Argos var i det heele tagen meget morsom, ikke fordi Stedet just var malerisk skjønt, det ligger i en stor Slette og Huusene ere for det meste smaae og alle opførte efter Ødelæggelsen i Krigen; men da det var Løverdag var en stor Mængde af Landfolkene fra Omegnen kommen ind for at sælge eller kjøbe; at gaae omkring og see paa disses Myldren i Batzaren og Torvet var yderst interesant, da der var mange eiendommelige Kostumer. Mest morede det mig at betragte de vældige Fruentimer, de synes at kappes i Fylde med Sletten hvor de boe, •2• jeg kan aldrig erindre mig at have seet saa kraftige Quinder, og at see dem i saa smukke Kostumer kan man intet Steds bedre en her; det falt mig just ind hvorledes vel en ret dygtig snøret kjøbenhavnsk Dame vilde see ud ved Siiden af dem, jeg er bange for de vilde komme til at staae tilbage for disse Landsby Skjønheder, selvom de var iført deres vildeste Pragt, det vilde ikke bære op mod den maleriske Turban, som det Klæde eller Slør mest ligner, hvormed de bedække Hovedet, og ere end deres Klæder af simple indenlandske Stoffer, da ere de dog af en Skjønhed i Snittet, og udsiiret paa en saa eiendomelig Maade at man maae beundre deres Smag. Men Argos har ogsaa været det Sted hvor jeg har seet Alt dette best, Fruentimerne spille ellers i Grækenland en underordnet Rolle, og falde let i Skygge for de vakkre Mænd. – Over Argos hæver der sig paa et lille Bjerg Ruinerne af en gammel venitiansk Fæstning, som jeg naturligviis tillige med de faae antique Ruiner der ellers findes besaae; men det er vel Noget der •1• ikke kan interesere dig kjære Moder at høre Noget om; jeg vender altsaa tilbage til min Reise. Nogle Tiimer fra Argos gaaer altiid Veien frem gjennem den frugtbare Slette, indtil vi endelig bøiede af, for lidt oppe imellem Bjergene at see Ruinerne af det gamle Mysen, nu vel et Par tusinde Aar gamle; Tiidens Tand har gnavet svært paa de mægtige Steene man den Tiid har byget af, og naar jeg undtager Atreus’s Skatkammer, eller, som den ogsaa kaldes Agamemnon’s Grav, er der ikke stort at see; men denne er en mægtig conisk Hvælving, herligt conserveret, og bygget, som for at trodse Forgjængeligheden, jeg har aldrig endnu seet saa kjæmpestore Steene i nogen Bygning, tænk dig, over Indgangen ligger der f. Ex: een, der er over 24 Fod lang, og 8 a 9 bred, man kan vel tænke sig at saadanne Sager ikke blæser hen, som Avner for Vinden, og at ikke enhver Barbar mægter at lette den af sit Leie. Tæt derved seer man ogsaa den saakalte Lønport, der skal have været Indgangen til Agamemnons Slot; men den skjønne Helena, vilde nu med Møie kunne liste sig der igjennem, mig var det blodt muligt krybende. Denne Bygning har vist ikke været mindre solidt opført end den først omtalte; men da den ligger paa et ophøiet Punkt har den lettere kunne ødelægges end hiin, der tildeels er under Jorden. – Da vi nu vare færdige med at besee dette rede vi viidere ind imellem Bjergene, og kom efter omtrent 2 Tiimer til Padset ved Dervenaci, der var det at Nicitas fik sit Navn Tyrkeræderen (Turcofagos) idet han med 300 Grækere slog Paschaen Dramali med 30,000 Mand. Det klinger noget overdreven; men Sagerne forholde sig dog saaledes, jeg har ikke allene hørt det af ham selv, men af mange Andre, der ikke viste at jeg kjente ham; men man maae have seet Stedet. •5• og hørt hvorledes Alt er gaaet til for at begribe det. To faste Pass føre nemlig fra Argos gjennem Bjergene til Tripolizsa, han havde besat dem begge, for at forhindre Paschaen i at undsætte Tripolizsa, der var beleiret af Grækerne; hans heele Styrke var omtrent 2,000 Mand, hvoraf en stor Deel Landfolk, og mindre øvede; i det største Pas havde han lagt sin Hoved-Styrke, og befant sig selv med en 7 a 8 mand i Passet ved Dervenaci, hvor han havde opkastet Steene til Forskandsning; han tvivlede næsten om at Tyrkerne vilde tage denne Vei; det skeete imidlertiid, og da Grækerne saae den uhyre Masse myldrende op gjennem Passet, toge 4 a 500 Flugten, da de ansaae det for umuligt at holde Stand; men han, tillige med 300 øvede Krigere fandt det vel Umagen værd at vove en Dyst, og paa engang lod han give Ild; Grækerne laae paa begge Siider af Klipperne, skjulte imellem Buske og Steene, og et lille Bjerg, der hæve sig liige for Veien havde han ogsaa inde. Den Ødelæggelse, der, som en Følge af denne fordelagtige Stilling, strax i den første Tiime saaes i de tyrkiske Rækker var uhyre; men altiid stormede nye Skarer frem, alt begynte han næsten at troe, at det dog var mulig, at han her maatte viige Mængden, da kom efter 4 Tiimers uafbrudt Skyden, Besætningen fra det andet Pas tilhjælp, med disse vente ogsaa Flygtningerne tilbage, og nu gik det for Alvor løs over de arme Tyrker, der ikke viste hvorhen de skulde vende dem. Grækerne dreve dem ud af Passet tilbage til Argos, og da de der ikke troede dem sikkre toge de tilbage, for igjen at naae Corinth; men der slog Nicitas dem atter og af de 40,000 Mand, som Dramali havde ført over Istmus, kom kun 1200 med Livet derfra. Deres Seier havde Tripolizsa’s Fald til Følge, og var en af de vigtigste, der var forefalden under Krigen. – Nu var alt tyst og stille i Passet, hvor der dengang blev udgydt saa meget Blod; de Faldnes Been ere længst hensmuldrede, og kun Steen Masserne, som dengang dækkede de Stridende, ligge endnu, som tause Vidner om hvad der er forefalden; en Gjedehyrde græssede sin Hjord paa Skrænterne, og Fuglene quidrede overalt i Buskene, det var en varm Eftermiddag da vi reede langsom op gjennem Passet, det Heele havde et saare fredeligt Anstrøg. Jeg sad i bestandig Bevægelse, idet jeg tilhire og venstre vilde forestille mig hvorledes Alt var tilgaaet, vor Aquiat hjalp mig best til rette dermed idet han antydede de Stridendes Stillinger; men at gjøre sig noget heelt Begreb om dette er ganske umuligt, interesant var det mig imidlertiid i høi Grad at have besøgt dette mærkelige Sted. Her fra reede vi af en neppe kjendelig Stiie over nogle smaae Bjerge, og kom ned i Dalen, hvor engang den antique Stad Flios laae, den er ganske forsvunden, dyrkede Marker dække Alt, kun een Ruin hæver sig, det er et fordums Tempel hvoraf endnu 3 smukke Søiler kneiser høit, de øvrige ligge som de ere faldne, temmelig godt conserverede; men da dette Tempel ikke er af Marmor, har Luften i saa mange Aarhundreder gnavet kjendeligt, paa disse dengang med Siirlighed bearbeidede Steene. Malerisk var denne Ruin egentlig ikke, og da vore Heste, og vi ikke at forglemme, havde udvilet os lidt, reede vi viidere, og kom om Aftenen til St: Georgio, en paa Skrænten af et Bjerg smukt beliggende Bye. Nedenunder sig seer man heele Dalen af det antique Nemea, der er omkrandset af smukkle Bjerge; Alt havde der et venligere Udseende, end nede i Attica eller i saa mange andre Egne af Grækenland, hvor Jordbunden er steril, og hvor Krigens Ødelæggelser have gjort det end tristere. St: Georgio var ikke saa meget ødelagt. Det første ved vor Ankomst var, at overbringe hvort Recomendations Brev, og vi bleve ogsaa strax meget godt indlogerede og behandlede, da Nicitas havde en gift Søster her. – Havde den forrige Dag været interesant, var den nu følgende det ikke mindre; vi forlode om Morgenen igjen St: Georgio, og reede gjennem Dalen, hvor der ere flere smaae Brudstykker, og Ruiner, der bebude det antique Nemea; men der var ingen Løve, eller andet saadant glubende Dyr der mere at see, Hercules maae have gjort sit Arbeide godt, Skade, at man ikke paa en Tuur, som denne kan have ham til Følgesvend, han kunne vel faae nok at bestille med de satanisk glubske Hyrde Hunde, hvorpaa Grækenland er saare riig, jeg skulde ikke raade Nogen, i Steenkast uøvet Reisende, til her at gaae ene tilfods, han kunde meget let udsætte sig for at blive sønderreven af disse Diævle, som intet Steds ere saa slemme; saagar naar man sidder til Hest springe de op for at biide; men man kan bedre undgaae dem end Aquiaten der gaar tilfods, han havde evige Kampe med dem; men som Græker, kjender han Maaden at behandle dem paa; thi naar de see dem komme ansættende 2, 3 a 4 paa engang, samler han i Hast Steen i sin Fustanelle, og nu gaar det løs med Kasten, ingen Steen næsten uden at ramme, og dette med en umaadelig Hurtighed altiid gaaende fremad; var der blodt een eller to, da drev han dem fra sig med min lange Landsestok, og dette var ham da en reen Spads. Jeg kan ikke lade være at omtale en meget snild Maade, som Grækerne benytte naar de ene overfaldes af disse Hunde, hvoraf især de i Beotien ere de glubskeste; først søger Vandreren ved Steenkast at holde dem saa langt borte som muligt; men lykkes ikke dette, og komme de ham ganske nær paa Livet, da kaster han paa engang sin tykke Kabat, og om muligt over en af dem, nu falde de Alle over Kabatten, slider og bider af alle Kræfter; men blivende paa et Sted har nu Manden et fastere Punkt og en Regn af velrettede Steene styrter nu ned over dem og nøde dem pibende til at tage Flugten, og han drager viidere med sin forrevne Kabat; hvem der ingen Græker er, og derfor heller ikke har den store Færdighed til at kaste med Steen, skulle vel vogte sig for at begynde en saadan Kamp. For alt dette har jeg ikke været udsat, da jeg vel passede at være paa Hesten, naar jeg saae Diævlene i Anmarsch; men det har mangengang moret mig uhyre at see disse Kampe. – Fra Sletten kom vi over en heel Bjergryg gjennem Dale, og Svælg, og endelig op ad Dagen ned til det gamle Stymfalus: allerede paa Høiden af Passet, der fører derned, hørte jeg en besynderlig melodisk Suusen, jeg troede næsten at, der endnu maatte være Efterkommere af de bekjente Fugle, som Myttologien ellers siiger Hercules hjælskiød med sine Piile; men da jeg kom saa høit, at jeg kunne see ned i Dalen og ud over Søen hørte jeg ogsaa Lyden tydeligere, den kom fra en utrolig Masse af store Frøer, der der havde deres uforstyrrede Ophold i de Deele af Søen, der er næsten udtørret, aldrig havde jeg troet det muligt at disse Dyr saalangt borte havde •6• kunnet lade deres Stemme saaledes høre. – Tidligere skal heele Dalen have været Søe, men det er ikke mere Tilfælde, dog er den endnu stor nok for at give dette Landskab sin heele Skjønhed, af den Art har jeg intet skjønnere seet, hverken i Grækenland eller andetsteds. Med utallige Variationer hæve Bjærgene sig op fra Søen og Slette, paa nogle Steder veedligt bevoxede og ikke bratte, paa andre, vilde og næsten lodrette; Øjet følger det ene Bjærg bag det andet, og mod Himelen kneise de stolteste Spidser, der da vare bedækkede med Snee. Der var Stof til hundreder Landskabs Malerier hvoraf det ene vilde overtræffer det andet i Skjønhed og Originalitet; den heele nordligere Vei gjennem Morea med alle sine Besværligheder er allerede lønnet ved at see Stymfalus. Men endnu var der mere i Løbet af Dagen der vel var værd at beskue: vi droge langs Søen, under bestandig, næsten døvende Frømusik, og udhvilede først ved den anden ende af Dalen, førend vi igjen begyndte at stiige op; der var Landfolkene i fuld Gang med at plante Viin, det er behageligt at see hvorledes Alt begynder at hæve sig efter Krigen; men der vil medgaae saare lang Tiid inden Grækenland igjen bliver hvad det har været. Mig var en stærk Regn nu mindre behagelig, jeg maatte døie den heele øvrige Deel af Dagen, det gjorde at jeg med mindre Interesse betragtede en anden Kjedeldannet Dal hvor vi nu kom ned, og liigesom Stymfalus er omgiven af Bjerge; for 2 Aar siden var dette en stor Søe, da den paa engang forsvant, og nu gaaer Ploven over den feede Grund. Det fugtige Veier i de siste Uger, den endnu siden Søen siide Grund, og den nu i Strømme nedstyrtende Regn gjorde os Passagen over Sletten yderst besværlig, en Flod der gjennemløber den vare vi nær ikke komne over, og jeg var næsten i slet Humeur da vi mod Aftenen saaledes ankom til Fonia der ligger paa den modsatte Kant af Dalen noget oppe paa Bjergene. Men Synet af denne yderst smukt beliggende Bye fik mig snart i det vante Lune, og drivvaad som jeg var kunne jeg dog ikke lade være at beundre dette; thi da Tyrkerne aldrig have været der med Ødelæggelse, staae endnu ethvert Huus, enhver Busk og Træ, og af disse gives der her i Overflod, da enhver Bolig næsten ligger, som en Hauge. Mit Recomendations Brev var til det nærliggende Kloster; men i saadant Veier var det umuligt at naae derhen, da det laae en Tiime inde imellem Bjergene; jeg lod os derfor føre til Dimarcen i Byen leverede ham Nicitas’s Brev, og forlangte et godt Quarteer, det var en yderst venlig Mand, strax beredvillig til selv at føre os i et godt Huus; han lod bringe Kaffe gav mig en tør Kabate, og ordinerede at tilberede os Alt, saa godt som muligt, da forlod han os først for at gaae hjem og lade os sende en Forræring af et Par Retter Mad fra hans Huus som Bidrag til vores Maaltiid. Den raske Iild paa Gulvet og den gode Behandling lod mig snart forglemme Dagens Besværlighed, jeg sad muntert pludrende saa godt jeg kunde med Folkene ved Ilden, og da jeg om Aftenen havde drukket noget mere end sædvanlig af den gode Viin, var det haarde Leie mig saare godt og jeg sov snart ind, og reed veltilfreds den anden Morgen viidere, efter først at have takket Dimarcen, der tidligt indfant sig for hans Høflighed. Nu først kunne jeg ret see hvor smukt Alt omkring Fonia var, Solen smilede og Landskabet havde en ganske anden Karacteer, de høie Bjerge hævede dem paa de tre Siider, og de øverste vare bedækkede med Snee, kun paa den ene Siide havde man en frie Udsigt over den store Dal. Veien herfra var endnu mere besværlig end den igaar, det var umulig at blive paa Hestene, vi gik næsten den heele Formiddag, men Veiret var godt, det lettede betydeligt, vi kom meget høit, passerede flere Sneelaviner; men heele Tiiden var Veien liige smuk. Mod Middag kom vi til Planitair der ogsaa laae meget smukt i en lille Dal paa den anden Siide af de høie Bjerge. Hvilen der var høist nødvendig, den heele Dag at gaae paa en næsten aldeles ubanet Vei, og dertil altiid stiige er trættende, Alt var saa tilvoxet at vi havde Møie med at skaffe Hestene frem med Bagagen saa stærkt dækkede Buske og Træer den ukjendelige Stiie. Om Eftermiddagen indfandt atter Regnen sig; men ikke saa stærk, som igaar, og vi kom om Aftenen til Calavritta. Men der var Oberst Vasso og hans Familie til hvem vi havde Brev fraværende; jeg henvente mig da atter til Byens Dimark, og blev brilliant inquarteret hos en af de mest formuende Familier i Byen. Der fik vi smukt broderede Tæpper at sove paa, og kunne lade vort vaade Tøi tøre om Natten; og vort Aftensmaaltid var ogsaa som det skulle være her tillands idet Konen selv tilberedte Alt, og vi nød det sammen med Familien, og ganske paa tyrkisk Maneer. Jeg havde ladet kjøbe et Par Høns, Salat o.a.m. de sadde deres Retter dertil, og et ganske fortræffeligt Maaltiid blev med megen Munterhed tilendebragte, vi havde drukken den raske Vært ganske lystig til. – Derfra var det den næsten Dag, kun nogle Tiimers Rit til vi naaede det saa vit berømte Kloster Mega Spileon; de to Dage jeg tilbragte der var ubestridig en af de behageligste Erindringer fra Grækenland. Det ligger oppe imellem Bjergene, bygget i og foran en stor Bjerghule, og tæller nu 150, [overstreget: engang] |tidligere| 300 Munke af den græske Kirke. Det er det største Kloster, der existerer i heele Grækenland, og i Alle Henseender yderst interesant. Under Krigen var Ibraim Pascha med sine 30,000 Egyptere ikke mægtig at erobre det, saa fast er dets Beliggenhed, og saa tappert forsvarede Munkene og Grækerne dette Punkt; derfor er ogsaa Alt endnu i den gamle Orden, der mangler ikke et Huusgeraad-Stykke, og den høist originale Bygning staar der endnu, som den efter Haanden er opført, med alle sine snurrige Tilbygninger. Bjerget neden for er benyttet til smaae Hauger, og overalt seer man her hvad Flid kan frembringe; Alt er i en ganske Anden Gener end ved Klostrene i Italien. Nicitas’s Brev forskaffede os strax en yderst venlig Modtagelse, og en af de fornemste Præster Anastasio modtog os i hans Værelse. Hos ham sov, spiiste og levede [vi] i det Heele tagen ganske endnu paa tyrkisk viis, og det ikke slet; thi saa vel havde jeg endnu ikke levet i Grækenland; men ikke en eneste Ret var Noget der ligner hvad vi bruge hjemme; men det bliver for vitløftig nu at beskrive Alt •5• dette, jeg kunne dermed fylde et heelt Brev. Du kan troe kjære Moder, at have seet mig der, siddende paa Gulvet ved det lave Bord med den viidskjægede Mand, og opvartet [af] de liige saa originale Novicer, havde vel været Umagen værd at lukke Øjet op for naar man ikke før havde seet saadan Spads. Jeg troer vi blev Venner med det heele Kloster i de to Dage, og dertil Bidrog ikke min Tegning lidet; men Et kan man ikke andet end laste hos dem, det er deres umaadeæoge Uvidenhed om den øvrige Verden. Vi forlode dem, som gamle Venner, og gik til Vostiza, og derfra gjorde jeg det siste Rit i Grækenland i een Dag til Patras. – En gunstig Leilighed tilbød sig for os til ogsaa at besøge Zante, og vi grebe den med Glæde; isteden for i Patras at vente den østerigske Parquet til Corfu. Vi gaae herifra den 10de eller 11te til Corfu med Dampbaaden, og derfra viidere til Ancona, hvor Quaraintainen venter os; her er den nu hævet mod Grækenland. – Saaledes er nu min græske Reise vel endt; fremdeles vil det nok ogsaa gaae godt. – •4•
+Det er ikke værd, at levne noget Papir ubeskreven, jeg tilføier altsaa et Par Ord om Øen her, der er een af de frugtbareste, og unægtelig den best dyrkede jeg nogensinde har seet. Alt ligner snarest en Hauge, og omendskjønt man klager over dette Aar at have havt det usædvanligt kolt, staae dog Orange og Citrontræerne her i Blomster, og man seer dem paa et Træ med de fulmodne Frugter, hvoraf der er en stor Overflødighed. Det er en sand Vellyst at spadseere omkring, Luften er opfyldt med Vellugt af alle Slags Blomster; Lafkøien voxer her vilt paa Murene, og er dertil ligesaa smuk, som om den var dreven med Omhygelighed hjemme, og det samme gjælder om den Mængde andre Blomster, jeg har hvad dette angaar ikke seet en saadan Farvepragt før. Alle mulige Grøntsager, som hos os først komme i Slutningen af Juni have man alt her i April til en forbausende Størrelse, og af en Velsmag hvorfor rigtignok det nordiske maae viige. Men vore Jordbær ere ligesaa gode; men komme blot saa forbistret seent, her har man ogsaa dem i April; jeg troer næsten at jeg idag har spiisst liige saa mange, som jeg hjemme spiiste til Athalia’s Geburtsdag; men her mangler desværre Fløden, havde jeg kunnet naaet til Malkestuen i Hellested ville jeg have plyndret den. Jeg undlader ikke at tilmelde dig at de Korinter, som vi skal have i Munker, naar jeg kommer hjem, vist vil blive meget gode, de lade ogsaa til at blive dygtig store, jeg tog dem idag i Øjesyn paa en Spadseeretuur. Men iøvrigt maae jeg tilstaae at det ikke ret vil behage mig her, efter saa nylig at være kommen fra Grækenland; paa engang er her de deilige Kostumer forbi, jeg gidder neppe seet paa de hæslige europæiske Klæder, end mindre tegne Noget. Alt er spidsborgerligt mod Hiint, og dog tusinde Gange lystigere end hjemme, her er dog endnu den sydligere Munterhed i Folk. De dandse og synge saa det er en Lyst at see og høre paa, og naar man saa nylig har hørt Grækernes sataniske Skraalen, er den Harmonie i Musikken hvorfor Beboerne af de Ioniske Øer have saa megen Sands for, høist interesant; simple Folk gaae her om Aftenen og synge fiirstemmige Sange, til Beundring harmonisk. – Saa nu, kjære Moder, kan du vel heller ikke siige andet end at mit Brev er fult. – Lev derfor vel og skriv liigesaameget til mig.
+Men, kjæreste Moder, hvad der nu ængster mig, er: at jeg maaske har givet dig for meget at bestille med at læse all denne smaae Skrift, du maae vist tage en af Piigebørnene tilhjælp, dine Øine ville vist ikke kunne udholde den; men jeg har skreven i en god Mening, idet jeg troede, at det maaske kunne more dig lidt at høre om alt dette saa fremmede; thi mig har det intereseret liigesaameget at opleve det, som nu at kunne fortælle dig lidt derom igjen. – Usiigelig længes jeg nu efter ogsaa at høre fra dig om du ogsaa lever ret vel og er fornøiet, det er den største Sorg paa min Reise, i saa langtid at være aldeeles uviidende om hvorledes Alt staar til hemme; man ængster sig ofte, saaledes hørte jeg alt i Athen, at Kopperne skal have været saa slemme hjeme; Gud forbyde at de have hjemsøgt nogen af vores de gode Piigebørn eller Rose ville da vist have Aarsag til at græde deres modige Taarer. Siig Rose kjære Moder, at saa snart jeg kommer til Ancona skal hun faae Brev, hils hende ret hjerteligt, giv hende et Kys eller overdrag dette til Julie, det staar paa min Regning. Og nu, lev ret inderlig vel, kjære gode Moder, hils alle de gode Søskende, jeg har jo enhver især saa kjær, og jeg haaber ogsaa altiid at de med Godhed erindrer mig; fortæl mig i dit snare Brev hvorledes Alle leve, da ogsaa Lidt om Huusets Bekjentere, og om den Schiøttske Famiile, det vil være mig en nye Glæde at læse alt dette i Rom; og derhen hiiger nu din inderlig hengivne Søn Martinus. – Er Kaffen bleven kold imedens Brevet blev læst, kommer du nok til at spendere Nye. Emma sørger nok derfor.
+Er Piige børnene hjemme? eller er de paa Farten? Elise er vel for lang Tiid siden kommen fra Norge? Tænker John noget paa at reise, eller er han bestandig lige fast paa Hospitalet? Alt dette tænker jeg vel jeg faar at høre i Brevene i Rom, som ogsaa hvorledes de gifte Søstre leve. At:’s Smaapiiger er vel Damer naar jeg kommer hjem, i 3 a 4 Aar maae jeg dog vist paa Meget see store Forandringer; hvad mig angaar, da har jeg ikke forandret mig det ringeste, undtage, at jeg maaske kan see lidt stærkere og brunere ud; det er i all fald ikke til det værre.</t>
+  </si>
+  <si>
+    <t>12. jul. 1836</t>
+  </si>
+  <si>
+    <t>C.W. Eckersberg</t>
+  </si>
+  <si>
+    <t>Rom</t>
+  </si>
+  <si>
+    <t>Frederick Adam
+Gottlieb Bindesbøll
+Christian Frederik Holm
+Jørgen Hansen Koch
+F.C. Krohn
+Wilhelm Matthiä
+Andreas Moustoxydis
+Fritz Petzholdt
+Paolo Prossalendi
+Rafael
+Achille Rouen
+Friedrich Schiller
+Bertel Thorvaldsen
+Friedrich Thøming</t>
+  </si>
+  <si>
+    <t>Brev nr. 78 på Rørbyes liste over afsendte breve 1834-37.</t>
+  </si>
+  <si>
+    <t>Det kgl. Bibliotek, Add. 302, 2° b nr. 104</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/d/Dgxq</t>
+  </si>
+  <si>
+    <t>Rom den 12te July 1836.
+Netop en Maaned er det siden jeg igjen kom her tilbage, min græske og tyrkiske Reise er endt, og kun de behagelige Erindringer har jeg tilbage, Ubehagelighederne ere alt i den Grad glemte, at jeg alt ofte har ønsket mig der igjen. Jeg skjønner kjære Eckersberg, at Rom vist nok er, og altid blive Hovedpunktet, hvorhen enhver Kunstner vil stræbe; men hvor høilig synes jeg ikke man feiler, naar man troer, at dette ene |vil| gjøre Kunstneren, ja jeg troer man kunne blive en meget duelig Kunstner uden nogensinde at have seet Rom; de Kunstskatte her findes maae jo unægtelig i alle Henseender have en gavnlig Indflydelse; men hvad det saa meget omtalte Kunstnerliv her angaaer, da maae det enten i høi Grad have forandret sig, eller jeg begriber ikke hvorledes man saaledes har kunnet omtale det. Jeg kjender Kunstnere her, der i Løbet af flere Maaneder aldrig seer andres Arbeider, ja, her leve Mange, der ligesaa lidt bekymre sig om de antique Sager her findes, som hvad der frembringes af Nyt; og det er ikke een Nation, dette gjælder; men det synes næsten at være bleven Mode blandt alle. Kun i Italien, det er Løssenet, kan man studere og uddanne sig; men det er ikke mere min Mening jeg maae sige hvorfor ikke ligesaa godt i Grækenland. Du vil maaske misbillige mig min kjære Ecersberg, ja maaske lee af denne min Yttring; men jeg føler, at kunne jeg muntlig afhandle denne Materie med dig, da ville jeg bedre kunne sætte mine Grunde fra hinanden, skriftlig er jeg kun saare Svag. Siden mit siste Brev til dig fra Constantinopel har jeg bestandig tænkt paa igjen at tilskrive dig; men jeg ville opsætte det til jeg var kommen hid, da kunne jeg bedre siige dig hvorledes jeg idetheele fandt mig tilfreds med min Udflugt fra Italien, og du vil vist allerede have seet af ovenstaaende Linnier, at jeg ikke fortryder denne Reise. Nei, jeg anseer den baade for den behageligste, og best anvente Tiid under heele min Fraværelse; Et manglede mig, det var at kunne meddeele mig, jeg saae mig der omgiven af de Herrer Arcitecter, og de føle ikke alletider paa samme Maade som en Maler. Gid du havde været med der, hvor du ville have glædet dig, de skjønneste Gjenstande frembød sig overalt for Kunstneren, havde man været to, der følte paa samme Maade, da ville Meget ikke være bleven forbigaaet; men paa en Reise maae den ene rette sig lidt efter den anden, og det gjorde, at jeg ofte maatte forlade Steder, hvor jeg dog saa gjerne var bleven. Men meget er jo ogsaa det ucultiverede Land Skyld i, man kan ikke dvæle hvor man har Lyst, man maae inden Natten falder paa søge at naae Huus; en Landskabsmaler ville have været utrøstelig, jeg var det, da jeg baade maatte forlade Aracora og Fonia uden at have Leilighed til at tegne en Streg. Midlerne hvormed jeg har gjort hiin Reise var alt for ringe, uden dette skulle vel Resultatet være bleven heelt andet, paa hiine to Steder kunne der have været Leilighed til at dvæle; men jeg var ikke Herre af Tiden, og min Pung var saare let. I Stæderne i Grækenland er det umulig at faae Begreb om Folkelivet, man maae søge Landet; men der finder man det ogsaa i heele sin Skjønhed, det var som, følte man sig sat tilbage i den antique Tiid, jeg saae mig omgiven af et Folk, som det er beskreven af dets Digtere, det var historiske, ædle Gestalter. – Men lad mig ikke tale mere derom, jeg er dog ikke istand til at trylle mig did, jeg var høist mismodig da jeg forlod de Egne, jeg meener Alt, hvad der tiltalte mig, saavel i Grækenland, som i Tyrkiet, havde det været tidligere, jeg have gjort enhver Opofrelse, liidt ethvert Savn for at kunne have dvælet der længere; men det var •2• nu ikke saaledes bestemt – Da jeg kom til Corfu levede jeg i Erindringen paa nye op; jeg gjorde der Bekjentskab med en saare vakker Mand, det var Billedhuggeren Cavaliere Possalenti, jeg troer næsten han er den eneste Kunstner de Ioniske Øer have at opviise. Først kunne jeg ikke andet end agte ham, som en meget duelig Kunstner, da jeg saae hans ikke ubetydelige Arbeider; men siden da jeg lærte ham nøiere at kjende, kunne man ikke længe tvivle om, at han ogsaa var en Mand med ualmindelige Kundskaber, og dertil var han, som Menneske saare elskværdig. Medens jeg var der var man i hans Værksted ifærd med at støbe i Brontze en colosal Statue af Lord Adams, den forrige Guverneur af Øerne, som nu lod ham sætte dette Beviis paa deres Tilfredshed med hans Bestyrelse. Statuen er bestemt at staae paa den saakaldede Esplanade, og vil der blive en smuk Prydelse; lykkes Støbningen godt, da bliver det intet almindeligt Arbeide. Possalentis Iver for Alt hvad der angaaer Kunst paa Øerne bærer nu alt de skjønneste Frugter. Han har oprettet et lille Accademi, og søger at danne de slette Haandværkere, han underviiser der selv, og har nu bragt det dertil, at ogsaa Folk af de saakalte bedre Klasser lære at tegne, hvilket de før næsten ansaae som en Skam, og at det blodt egnede sig for den almindelige Mand. Han har viist dem det Latterlige deri, og da han er en almindelig agtet Mand, har han saavel vist ikke allene at sætte dette igjennem, som han ogsaa hos Gouverneuren har udvirket en Lov der forbyder under store Mul[k]ter all Ødelæggelse af antique Sager hvorpaa Øen har været meget riig, da Corsyra hørte til de bekjenteste græske Stæder. At der har været betydelige Fabriquer af Vaser med og uden Malning var han ganske vis paa, saavel efter hvad de gamle Skribenter omtale, som ogsaa efter hvad han har funden af Sager ene henhørende til Fabrikationen (Stempler, Værktøi, alle Slags Farver, tildeels meget vel conserverede[)]; for omtrent et Aar siden fandt han ved en Hændelse en gl Brønd, der alt i mauge Aar havde været ubenyttet; men ved at undersøge den, kom omtrent 30 Vaser og Krukker for Lyset, der efterhaanden vare blevne tabte eller glemte i Brønden. Det var en meget interesant Samling, da man saavel kunne see hvorledes Smagen havde uddannet sig, og igjen var sunken; han fandt dem sagde han ganske i cronologisk Orden, saa at de ældste laae paa Bunden, der vare nogle af en høist comisk Form. Hans Myntsamling fra Øerne ville for en Kjender vist have stor Interesse; ene fra Corfu har han over 300 forskjellige Præget. Han har ogsaa funden alle Apparater til de Gamles Vægemalerier, og Fernissen dertil, og har gjort Prøver dermed, som han sagde vare lykkedes ypperligt; men Gud veed hvorvidt dette dog lod sig anvende i Praktikken, der er io alt saa Mange der har sagt dette, og endnu har man ikke seet noget ordentligt Resultat. Mere morede det mig at høre hans Raisonnement over Oddysseen, han viste mig nøie Stedet hvor det gl: Facia har ligget, hvor Alcineous’s Hauger maae have været, og hvor Ulysses kom i Land, og heele den Vei han gjorde med Nausica, der har været megen Strid om disse Localiteter før, da man havde antaget at Alcineous ogsaa havde boet ved Potamo; men hvad han nu sagde passer meget smukkere til hvad Homer beskriver. Havde Possalenti tidligere taget sig af Øernes Oldsager, da ville meget ikke saaledes være gaaet tabt; thi sagde han daglig fandt man antique Grave med mange Sager; men da det var privat Eiendom, og ingen Lov existerede, der bød mod Betaling at aflevere saadanne Ting, saa blev Alt adsplittet, eller tildeels ødelagt paa den mest barbariske Maade. Saaledes paa Itaca, der var i den siste Krigens Tiid en engelsk Komandant Guettera, han maae have været en Herrostrat i det Smaae; ene efter Homers Beskrivelse var han heldig nok til at finde Stedet hvor Udysseus’s Huus maae have staaet; han lod anstille Udgravninger, og Udbyttet blev en yderst interesant og kostbar Samling af Vasser, Kar, Pateraer, Smykker, Mynter kort næsten Alt Saadant, hvad man kun kan tænke sig. Possalenti sagde at det skal have været af en uskaterlig Værd, som Oldsager betragtet, for ikke at tale om hvad Sagerne var i Pecunier Værd, da der var meget af masiv Guld og Sølv med •3• allehaande kostbare Steene. Der [maae] have været de deiligste Citceleringer, og smukt udarbeidede Figurer, Dyr etc: paa Skaalene, kort han kunne ikke noksom siige hvor skjø[n]t Alt dette skal have været. Men Guettera maae ikke have havt den Smag, han lod Alt, mod Fleres Forestilling omarbeide, og da han saaledes havde faaet sig dette efter sin Smag indbød han sine Venner, og spurgte dem om de endnu var af samme Meening, og om de ikke dog nu fandt at det ædle Metal havde en bedre Polituur. Saaledes gik Alt dette tilgrunde, og der existerer blodt de slette Tegninger, som han, for Couriossitet Skyld lod tage førend han lod det ødelægge. Nu er der som sagt sat en Skranke for alt saadant Barbarie, og man vil om føje Tiid blive vel underrettet om Alt, hvad der angaar Øernes Historie og Oldsager ved et Værk, som Andrea Mustoxidi, en lærd Øeboer allerede i lang Tiid har arbeidet paa. – Dog endnu blodt Et om Possalenti: det var mig paafaldende, lige fra Begyndelsen da jeg kom til Grækenland, at see den Typus og Malemaade, der overalt gik igjennem deres Kunst. Jeg kunne ikke begribe dette, det var, som var det endnu ganske bysantinsk, allevegne har man anvendt Guldgrund, og var der i de simplere Kirker ofte kun anvendt Lidet paa Kunsten, saae man dog aldriig noget reent Slet. En vis Typus og Stivhed gik rigtignok igjennem det Heele; men hvorfra kom denne, og hvorledes har den saaledes conserveret sig? Derom oplyste Possalenti mig, da han sagde, at fra Creta var Alt dette udgaaet, og vedligeholt; i Middelalderen var der, som en Slags Skole for Malere, hvoriblandt der skal have været meget duelige Folk, og der var Hovedpunktet for heele Kunsten i Orrienten, Malerne fra Creta reiste overalt, decorerede de græske Kirker, og malede Alterbilleder, og dannede da ogsaa andre Malere; men Creta blev dog altiid det Sted hvorfra de Bedre udgik, og Stiilen saaledes conserveret: jeg har seet Billeder i Kirkerne paa Øerne, hvorfor man virkelig maatte have all Respect, thi i Grækenland er de bedre siældnere, da som en Følge af Krigen saa meget er gaaet tilgrunde. – Men jeg har maaske alt gjort dig Tiiden for lang med mine Fortællinger kjære Ecersberg, det intereserede mig saa meget hvad jeg der hørte, at jeg troede ikke at burde beholde det allene for mig, det er jo tildeels ubekjente Ting hjemme, og som Saadant kunne det muligt interessere; dog nu vil jeg med faae Ord sige dig hvad jeg siden jeg forlod Grækenland har foretaget mig: Efter at jeg havde udholt en kjedelig 14 Dage lang Quaraintaine i Ancona, kom jeg igjen paa italiensk Grund, og reiste fra Ancona til Loretto. I Ancona var en Triumfbue fra Traians Tiid det eneste antique Monument, iøvrigt er der fra Kunstens Siide saare Lidet. Vi var der et Par Dage før vi reiste viidere, og saae jeg mig da saa godt om som muligt; men Livet ville der ikke ret behage mig, Alt forekom mig graat og kjedsommeligt i Sammenligning med de stærke Farver jeg havde havt for Øje i Constantinopel og de siirlige elegante Grækere. Franskmændene i Ancona morede mig mest, dem kunne det ofte more mig at betagte i heele Tiimer naar de uden for Byen spillede Botch, eller legede, som smaae Børn, det er unægteligt et muntert Folk; jeg kunne ofte ikke bare mig for at lee, naar jeg saae en gl Graaskjæg af Corporal arrangere et Partie med de unge Soldater, og deeltage deri med ligesaa megen Iver som disse, i Sandhed det ville have været morsomt at spille med; men jeg blev kun Tilskuer, og sagde min Meening om Spillets Gang, som ret syntes at more dem, der er intet generet hos den Slags Folk, og man er snart deres Ven naar man viiser sig venlig. Da jeg reiste bort, saae jeg i Lorretto Corpus Domini Festen, og den utallige Mængde Folk, som var kommen for at forrette deres Bøn ved det hellige Huus. I Kirken findes der vel i Madonna’s Skatkammer mange kostbare og couriause Ting; men af Kunst er der egentlig ikke meget; det mærkeligste hvad det angaar er Samlingen af de gamle Krukker i Appotheket; de ere alle bemalede af Raphal, Julio Romani og Eleverne af de[res] Skole, kun Skade for de vakkre Tegninger at Vaserne have en saa Baroque Form, de ere alle i den mest complette Paruque Stiil jeg nogensinde har seet. I Macerata en anden Bye i Mark Ancona saae jeg en Circus, som jeg neppe havde ventet at finde i en By af tredie Rang, man gav just dengang Forestillinger med det her nu saa meget yndede Boltspil, der er morsomt nok, og jeg kunne ikke lade være at ønske os en saadan Circus hjemme, der var saamange Leiligheder hvortil den kunne benyttes, og smukt er det at see Folket saaledes under aaben Himmel; i Terni har en Privatmand bygget Byen en, det ville vel sagtens have flere Besværligheder hjemme. Da jeg ikke havde seet St: Francesco in Assisi før, og Bindesbøll ikke havde været i Perugia, anvente vi nogle Dage paa at gjøre denne lille Tuur. Alt hvad der findes af Kunstsager i St: Fran- •2• cesco vil vel snart blive udgivet, da en Tegner paa preusisk Regning allerede har arbeidet der i 1½ Aar og nu næsten er færdig med alle Tegningerne. Perugia vil jeg ikke omtale, du veed hvilke herlige Sager der findes. Paa Veien til Rom benyttede jeg Leiligheden til ogsaa at see Terni, som ingen af os endnu kjente, og kom jeg da igjen i god Behold her tilbage efter lidt mere end et Aars Fraværelse. Du skulle alt for nogle Uger siden have seet Brev fra mig; men lidet gaar Malningen fremad, mindre Skrivningen i en Hede som den der her trykker alle. Jeg maae sande at Norden har sine store Fordele, man er om Vinteren bedre skyttet mod •1• Kulden, og Heeden om Sommeren er dog ikke saa utaalelig, den stiiger nu her til 30 Grader. Maaske vil den gaae over, da veed jeg ikke hvorledes jeg vil kunne udholde det. Hvad mit Arbeide angaar, da har jeg fra Grækenland og Tyrkiet medbragt en Deel Tegninger og nogle malede Studier; men langt fra ikke saa meget som jeg havde ventet, hvad jeg har, synes at gefalle her, det er vel Nyheden deri som tiltaler, Alle har nu Lyst at see Grækenland; men de sidde nok for fast i Rom. Siden jeg kom her har jeg været beskæftiget med nogle smaa Malerier, som allerede var bestilt af mig af et Par Englændere i Athen; men det er ingen morsomt Arbeide da jeg tildels Alt har gjort dem før; men Pengene maae her drive Værket; thi min Finantser ere heelt maadelige siden denne Reise. Jeg har ogsaa en Bestilling paa et lille Malerie og nogle Tegninger for den forrige franske Minister i Grækenland; men paa dette vil jeg ikke begynde før jeg har modtaget et Brev som jeg venter fra ham. Først til Vinteren vil jeg maaske faae Tiid til at begynde et ordentligt Maleri hvorefter jeg inderlig længes. •4• Nu synes jeg at det var bedre at see hvad jeg ikke kjender her i Nærheden; om en Maaned tænker jeg derfor at gjøre en lille Reise her i Bjergene, og om det var muligt til Efteraaret at kunne besøge Sicilien. Mit Ophold i Udlandet forkorter sig med stærke Skrit, mig synes at de to Aar allerede ere svundne som Maaneder; blodt endnu denne Vinter, da maae jeg formodentlig sige det skjønne Syden Farvel; men jeg vil søge Ertatning hos dig og de kjære Venner i Norden, hils dem Alle ret hjerteligt fra mig, og forglem du kjæreste Ecersberg ikke din hengivne
+Martinus Rørbye
+Torvaldsen reiser nok til Sommeren til Neapel og til næste Foraar hjem, siiger han. De andre Landsmænd ere alle her, undtagen Hansen der er ude i Bjergene og Petzholdt og Töming som ere i Neapel. Bindesbøll reiser nok om kort Tiid til Paris for der at blive i Vinter. Det er alt hvad jeg veed at siige dig om Landsmændene; Krohn er snart færdig med sin Medaillie, den lader til at blive ret net.
+Torvaldsen’s Maximilian er i disse Dage sent til München fo[r at] støbes. Schiller’s Statue bliver nok st[øbt her]. Mathiæ en Elev af T: har [...] arbeidet begge disse; men de e[ere ...] som Skidserne.
+Jeg har tilskreven Etatsraad Kock fra Zante, jeg haaber han har faaet mit Brev. Vil du hilse ham og siige at jeg snart igjen skal skrive, ogs[aa] Jstitsraad Holm skal snart hør[e] fra mig, jeg skylder ham Svar.</t>
+  </si>
+  <si>
+    <t>19. sep. 1836</t>
+  </si>
+  <si>
+    <t>Regaldi
+Emil Theodor Richter</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/5EhgjOs6</t>
+  </si>
+  <si>
     <t>25. mar. 1837</t>
-  </si>
-[...4 lines deleted...]
-    <t>Rom</t>
   </si>
   <si>
     <t>Gregor XVI
 Michelangelo
 Gottlieb Bindesbøll
 Ditlev Conrad Blunck
 Ferdinando Cavalieri
 Constantin Hansen
 Heatfield
 Christian Frederik Holm
 Jørgen Hansen Koch
 F.C. Krohn
 Albert Küchler
 Mikhail Lebedev
 Dietrich Wilhelm Lindau
 J.L. Lund
 Károly Markó
 Wilhelm Marstrand
 Ernst Meyer
 Adam Müller
 Fritz Paulsen
 Ida Athalia  Rørbye
 Peter Brønnum Scavenius
 Xavier Sigalon
 Jørgen Sonne
 Bertel Thorvaldsen
 Johann Martin von Wagner</t>
   </si>
   <si>
     <t>Brev nr. 98 på Rørbyes liste over afsendte breve 1834-37.</t>
   </si>
   <si>
     <t>Det kgl. Bibliotek, Bøllingske brevsamling, 4°, 940</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/d/o1Ss</t>
   </si>
   <si>
     <t>Rom den 25de Martz 1837.
 Endelig kjære Eckersberg er jeg nu kommen saa vit, at jeg igjen kan tilskrive dig; alt længe har jeg været betænkt derpaa; men Omstændigheder, og flere Aarsager har ladet mig udsætte det, indtil jeg nu indseer, at det ville være urigtigt længere at dvæle, da jeg dog bestandig smigrer mig med, at du har vedligeholdt din tidligere Godhed for mig, og altsaa vel kunne gjøre Fordring paa at viide, hvorledes jeg havde det, og hvormed jeg beskjæftigede mig. Nødig ville jeg tabe din gode Meening om mig, den jeg virkelig veed at sætte den rette Priis paa, og dette Brevs saa lange Udeblivelse, kunne dog maaske have gjort dig lidt vaklende, idet du ikke vil have kunnet indsee nogen Grund til min Taushed. Dog som en meget vigtig vil jeg anføre, at det her i Rom i Vinter ikke er gaaet mig bedre, end saa mange Andre der har været plaget af den velbekjente Feber; mig holt den i saare lang Tiid, fra alt Arbeide, idet jeg næsten intet Øjeblik viste mig frie, og befant jeg mig i en kun maadelig Forfatning. Paa Landet, hvor jeg havde tildraget mig den, blev jeg den efter kort Tiid igjen løs; men den vænte desto slemmere tilbage, da jeg kom til Rom, og blev den tilsist til en haardnakket fierde-Dags Feber, efter at jeg først længe havde været plaget af den hver Dag. Tilsist syntes den dog, at jeg havde havt nok af dens ubehagelige Selskab, om dette blev fremkaldt af den Mængde Kina og Chinin, jeg havde taget, eller om det laae i Luften, veed jeg ikke, men min Tilstand føler jeg nu, at være heelt forskjellig, da jeg igjen har Lyst til at foretage mig, hvad det end skulle være. Hvad de øvrige Landsmænd her angaar, da ere de Alle raske, de ere Alle meer eller mindre beskjæftiget med Malerier, dog noget betydeligt har ingen nu for; Blunk har gjort en Gjentagelse af et Malerie, han omtrent for et Aar siden malede til Torvaldsen, og som forestiller Noah og hans Familie i Arken, hvor netop Duen er vent tilbage med Oliegreenen; unægtelig er dette et af B’s smukkeste Arbeider, og dette, han nu anden gang har malet for en Mand, jeg tror i Mailand, synes mig at være endnu bedre end det første. Kyckler maler paa et Familie Malerie for Oberst Pauelsen her; Ideen dertil tror jeg tildeels er af Torvaldsen, men K har maattet arrangere det Heele ganske anderledes, for at det kunne gjøre et Malerie, og jeg synes han bliver heldig dermed. Meyer har efter at have endt, det Malerie han sente Kammerjunker Scavenius endnu ikke begyndt noget betydeligere Malerie, men malet forskjellige smaae-Billeder, for det meeste Gjentagelser af tidligere, dig bekjente Arbeider; det Malerie til Skavenius tænker jeg mig har behaget dig, mig forekom det særdeeles smukt. Bindesbøll er endnu her i Rom, og altiid beskjæftiget med sine arkitektoniske Proiecter |af Torvaldsen’s Musseum|, hvoriblant der ere mange meget smukke. Var man i Danmark Mahumedanere, ville B. bestemt blive en ganske udmærket Bygmester; thi han sværmer ligesaa godt. som jeg over Alt, hvad der er tyrkisk, dog afholder dette ham ikke fra, ogsaa at frembringe Noget smukt efter andre Fordringer. •2• Sonne maler paa et Billede, der ogsaa er en Gjentagelse af et tidligere, som jeg tror blev det første sent hjem, og kjøbt af Kunstforeningen, saa at du maae kjende det; det forestillede Bønder, der droge til Marked. Et smukt Malerie var det unægtelig; men til at gjentage det oftere, kunne jeg just ikke have Lyst til; dog her i Rom byder det Economiske ofte saadanne Gjentagelser, da det første Malerie, som oftest, ved Modellernes Dyrhed, bliver saa bekosteligt for Kunstneren, at det kun saare slet betaler sig, naar ikke en Gjentagelse nogenlunde bøder derpaa. Sonne og Küchler have rigtig sent nogle Malerier til Udstillingen i Hanover, om de ere solgte veed jeg endnu ikke, dog kan jeg [overstreget: ikke] |ei| tvivle derom. – Hansen har nu ent sit Malerie, der forestiller Pladsen ved Vesta Templet, det er efter min Meening meget godt lykkedes ham; saavel det arcitectoniske, som Figurerne ere meget smukt malet, og jeg kan aldrig tvivle om, at det jo vil finde Bifald hjemme, og blive godt solgt; thi var det ikke hans Bestemmelse at sende det hjem, er der vist ingen Tvivl om, han jo her paa Udstillingen med Lethed ville blive af dermed, og da ogsaa blive betalt bedre, end hvad han kan vente hjemme fra. Men jeg er ganske af Hansen’s Meening, hvad det angaar at sende Maleriet hjem, da det dog paaligger ham, at viise hvorledes han benytter sin Tiid, imedens han nyder Understøttelse. – Marstrand har endnu ikke begynt noget ordentligt Malerie, han har malet et Par Hoveder efter Naturen, og iøvrigt brugt sin Tiid med at gjøre sig bekjent med Alt, hvad her er at see. At han derfor endnu ikke ret er kommen til roligt Overlæg begriber jeg meget vel, naar jeg tænker tilbage paa det første halve Aar, jeg opholt mig i Rom; jeg var som halvt forstyrret af den Mængde af Kunst Sager, hvoraf jeg alle Dage saae nye, og hvoraf de fleste i høi Grad tiltalte mig. Det er unægteligt en sand Prøvelse at komme hid; thi hvad man ikke kommer ivildrede med ved Maleriernes, og de øvrige Kunstværkers store Forskjellighed, det kommer man, ved at høre de absurdeste Domme, ofte udtalte af Mænd, hvem man kunne have tiltroet mere sund Dom, og som man dog, for deres egne Frembringelsers Skyld, maa agte som Kunstnere. Ogsaa for Marstrand er dette en haard Nød, han kjender endnu for lidet til Tonen her; men jeg tiltror ham, at han ikke opgiver de Grundprindsipper om Kunsten, han fra dig har medbragt, og som her sandelig er et godt Værn. – Krohn har, som du veed, for Øjeblikket ingen Medaille i Arbeide, han er beskjæftiget med et andet Stempel, med en Figur, der forestiller Danmark; dog dens Bestemmelse veed jeg ikke. Inden K: kommer hjem tænker jeg han har samlet et heelt Myntkabinet, da han er umaadelig ivrig i Alt, hvad der angaar Oldsager; tidlig og silde er han paa Færde, for at see, hvad Bønderne bringe ind fra Landet, eller hvad Antiquarene have faaet af Mynter, Vaser etc: og om Noget deraf lader sig kjøbe til taalelige Priiser. Men desværre fordærve Englænderne, saavel for ham, som for saa mange andre Samlere, all Handel, idet de ikke behøve saa nøie at see efter Priiserne. – Dog nu tilsist maae jeg, i denne min korte Beretning om de unge danske Kunstnere her, heller ikke undlade, at siige dig kjære Ecersberg, at heller ikke jeg har været efterladende med mit Malerie; men flere Tegninger jeg i Løbet af Vinteren har gjort for Fremmede her, have meget opholt mig, og dog synes jeg ikke jeg kunne lade en tilbuden Fordeel ubenyttet. Endnu maae jeg male et lille græsk Malerie for en Englænder her, da vil jeg ende mit tyrkiske, og da formodentlig siige Rom Farvel. Min Reise vil formodentlig strax gaae mod Norden, da min Plan først at besøge Sicilien vist ikke vil lade sig udføre, da jeg, for at vende tilbage maatte underkaste mig en lang Quaraintaine hvilket jeg synes at være Tidsspiilde, og urimeligt Pengetab, og for begge Deele[?] maae jeg vel vogte mig, da der endnu er Meget der skal sees, inden jeg kommer hjem. Vil Du beede •3• Justitsraad Holm at han vil tænke paa mig, saa snart, der er falden nogen Resolution, hvad Fondet angaar, med det første skal jeg dog selv tilskrive ham. Saavel ham, som Etatsraad Kock har jeg alt længe skylt det; men du kjender vel den Sorg, der kom over vores Familie, idet min kjære Søster Athalia døde, det satte mig her saa ganske ud af Houmeur, at jeg ganske følte mig uskikket til Alt og mest til at skrive til Hjemmet, hvorfra saadanne Ulykkesbud bragtes mig. Tiiden har imidlertiid ladet mig indsee, at jeg ikke var ulykkeligere, end saa mange Andre, og at det var en Skjæbne, alle var underkastede. Jeg maatte ved Fornuftens Hjælp søge at bære min Sorg, det er jo dog blot Begyndelsen af det Meget, der endnu forestaar mig i Livet; naar man seer sig omgiven af en elsket Familie og kjære Venner, der dog alle engang maae blive Dødens Bytte. Held den, der tidligt kaldes, hans Skjæbne synes mig misundelsesværdig, han kjender ikke de Tilbageblevnes Sorger. – Opholdet her i Rom, har just ikke heller i Vinter været meget skikket, for hvoe der vare i slet Houmeur; neppe tror jeg, at det kan have været værre hjemme, hvad Veierliget angaaer: gamle Rommere forsikkre, at de i det minste i de 30 siste Aar, ikke kan erindre en saadan Vinter; altiid Regn, fleere gange ganske betydeligt Sneeveier og Haggelbyger, i denne Maaned kan man tælle de enkelte gode Dage, der have afløst det afskylige Mørke; men paa en saadan smuk Dag her i Italien glemmer man ogsaa snart det ovenstaaende Onde, og naar man da spadserer ganske let klæt, erindrer man med Møie, at det er Vinter, og kan man da ikke vel begribe, hvorledes man Dagen forud, maaske har følt mere Kulde, end i de nordligere Klima. I denne Tiid er Udstillingen aaben her; men faae ere Arbeiderne, der udmærke dem; Farve have saare Mange, man synes for Tiiden næsten overalt blot at hiige derefter, selv med Opofrelse af det Corecte i Tegning og Fremstillings Maade, der ganske synes at underordnes. Om Kunsten saaledes drives paa den rigtige Maade maae jeg meget betvivle, i det minste viise her et Par Arbeider, til hvilken latterlig Yderlighed Saadant fører. Landskabsfaget er baade det dominerende paa denne Udstilling, og der findes deriblant fleere gode Malerier end i de andre Gener; fortrinsviis maae jeg nævne Ungareren Marco, han forbinder med meget Studie i hans Malerier en meget behagelig Colorit og en omhyggelig Pendsel. – Et Par Landskaber af en Russer Lebedeff har ogsaa tiltalt mig meget, men derom har jeg været stærkt oppe at disputere; det forekom mig at jeg har Ret, der er en Sandhed i Billederne der er skuffende, et Solskin, saa at Øiet virkelig bedrages og dette kan de gode Folk ikke alle see, de meene Alt skal stilliseres, mig er dette noget Utaaleligt, naar det saaledes misbruges, at man ikke kan finde, selv den skjønneste Natur smuk, naar man ikke seer at Kunstneren har taget af eller sat til efter Gotbefindende for at opnaa hvad man kalder S[t]iil. Begge disse Malerier ere fra Egnen ved Albano og Nemi du kjender begge Steder, og veed da, om et Menneske kan componere bedre, end |det| Naturen der viiser. – Af Genermalerne er vel Lindau den beste af dem der have udstillet, noget Overordentligt er imidlertiid ikke hans Billede, der forestiller en Neapolitansk Improvisator. Af Englænderne ere der blot Landskaber, udmærkede hvad Farven angaar; men dette er ogsaa Alt. Rommeren Cavallieri har et stort Familie Malerie, der er af en uhyre Farvepragt; men hvad Anordningen |angaar| det mest affecterte Tøi, man vel kan tænke sig. Og han er dog een af de beste Italienere, nogle ere under All Critik. Af hvad jeg endnu kjender af Kunst-Frembringelser her i den seenere Tiid, gaae Tyskerne af med Seieren; det franske Academies Udstilling er endnu ikke aabnet, saa at man ei veed hvad man der faar at see. Udmærket var en Copie af Michel Angelo’s Dommedag, der for kort Tiid siden her var at see; den var næsten i samme Størrelse som Original Maleriet og malet af en Franskmand for Kirken Petite Augustin i Paris. Han skal have brugt lidt over 2 Aar dertil; men Tiiden var vel anvent, jeg kan næsten siige at der i denne Copie Intet var tilbage at ønske; og hvad den Nydelse at betragte det angaar, da var den for mig større, en naar jeg betragter Originalen halv tilrøget og i det slette Lys. – Dog jeg tør ikke opholde dig længer ved at tale om Alt dette, der er saa meget jeg kunne ville siige; men Plads for Alt har jeg ikke. Om Torvaldsen kommer, eller ikke, kan jeg vel tænke man nu gjerne ønsker at viide hjemme, og efter hvad han nu selv med Bestemthed siiger, skulle jeg dog troe han dennegang gjorde Alvor deraf. Manden er i den seenere Tiid i ypperligt Lune, han er fra Vyrtenberg bleven sent deres store Comandeur Kors, jeg erindrer ikke hvorledes Ordenen heeder; men den synes at have gjort Virkning paa den gamle Herre. Hans Statue af Conradin har han for nylig endt, den er •2• i lidet over naturlig Størrelse, og efter hvad jeg tør yttre, særdeeles smuk ved sin Simplicitet. Torvaldsen’s Bestemmelse er at følges med Wagener til Mynchen og derfra reise hjem. Wagener besøger Mynchen for at opstille sin store Frise, der forestiller de Tyskes Indtog i Tyskland, og som han nylig er bleven færdig med; det er bestemt for det saakaldte Walhalla, og et værdigt Arbeide derfor er det unægteligt, fult af den største Originalitet. – Her i Vatikanet har den nuværende Pave ladet indrette og aabne et Musseum for Brontzer og Vaser, Noget der hidindtil der manglede; der ere smukke Ting deri; men naar man har seet det Neapolitanske, er dette kun saare lidet, og •1• langt fra kan det sammenlignes med Vatikanets tidligere indrettede Musseer. Førend jeg ender, kan jeg ikke undlade at underrette dig kjære Eckersberg, om alle Landsmændenes store Forundring, ved et Brev Blunk for kort siden modtog fra Professor Lund; han skrev deri om en Opgave Kunstforeningen havde udsat, og tilføiede da, at den tillige Alt var vunden af Møller, Lund udtrykte som det synes sin Forundring over, at Ingen her havde indsent Skidser; han maae have været uviidende om, at ikke det Ringeste var meddeelt os fra Kunstforeningen desangaaende; vi har vel engang af et privat Brev hørt tale om, at saadan Opgave var paatænkt; men siden troede Alle at det igjen maatte være opgiven, da man aldeeles Intet siden hørte. Har nogen herved Feil, da er det visselig dem der have forglemt at skrive derom; thi her veed jeg et Par af Kunstnerne, der meget havde haft Lyst at behandle det opgivne Susiet. – Dog mit Papiir er fult, jeg slutter med at beede dig meget at hilse alle gode Venner og Bekjente, og ønsker jeg Intet ivrigere end at du kjære Eckersberg bestandig vil beholde i kjær Erindring din altiid saare hengivne
 M. Rørbye.</t>
   </si>
   <si>
-    <t> 6. sep. 1835</t>
-[...106 lines deleted...]
-Jeg har tilskreven Etatsraad Kock fra Zante, jeg haaber han har faaet mit Brev. Vil du hilse ham og siige at jeg snart igjen skal skrive, ogs[aa] Jstitsraad Holm skal snart hør[e] fra mig, jeg skylder ham Svar.</t>
+    <t> 2. apr. 1837</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/0o66Rr8R</t>
+  </si>
+  <si>
+    <t> 6. jun. 1837</t>
+  </si>
+  <si>
+    <t>Constantin Hansen</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/PAig0URu</t>
+  </si>
+  <si>
+    <t>17. jun. 1837</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/0Hkc4gVB</t>
+  </si>
+  <si>
+    <t>18. jun. 1837</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/kxYTY8II</t>
+  </si>
+  <si>
+    <t> 8. okt. 1837</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/RZqktMxz</t>
+  </si>
+  <si>
+    <t> 6. nov. 1837</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/l5lGov7H</t>
+  </si>
+  <si>
+    <t>18. maj. 1840</t>
+  </si>
+  <si>
+    <t>Heinrich Eddelien
+Olivia Francisca Eddelien, f. Hjorth
+Adam Müller
+Pareti
+Jørgen Roed</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/YFmkf6po</t>
   </si>
   <si>
     <t>15. jul. 1848</t>
+  </si>
+  <si>
+    <t>Rose Schiøtt</t>
   </si>
   <si>
     <t>Vejle</t>
   </si>
   <si>
     <t>Marthe Johanne Hansen
 Sigvard Urne Rosenvinge Lundbye
 Claus Unger Nyborg
 John Martin Rørbye
 Frederik Christian Schiøtt
 Christian Friederich Trepka
 Holten Trepka</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/d/5iHL</t>
   </si>
   <si>
     <t>Veile den 15de Juli 1848.
 For at du ikke tidligere af Fremmede end af mig skal blive underrettet om mit Ophold i denne Deel af Jylland, faar du nu kjære Rose disse Linnier fra mig, som Beroligelse for din Frygt, vis du skulle |have| [overstreget: faaet at] hørt, at jeg allerede Natten efter at jeg havde taget Afsked fra dig Kjære, sov lige ved Barikaden af den sydlige Port i Kolding. Om Reisen har jeg Intet synderligt at fortælle dig, uden at det ofte gjorde mig ondt, at jeg ikke kunne have dig med, da jeg paa den ofte saa Steder, der vist ihøi Grad ville interresere dig at see. Saaledes er Snoghøi et særdeeles yndigt Punkt; jammer Skade, at det nu er saa frygteligt ramponeret og mere ved vore egne end de fiendtligt Tropper. Der opkastes nu Skandser paa kryds og tværs, og den deilige Hauge gjennemrodes og nedhugges paa den mest ubarmhjertige Maa[d]e. Fanden fare i all Krig, naar saaledes Kunst og Vindskibelighed gaaer tilgrunde. Onsdag Nat kom jeg som sagt til Kolding og steeg af paa Posthuuset, hvor jeg ogsaa fik godt Logi; pudseerligt var det, at jeg heller ikke havde kunnet kjøre 1 Al længere paa dansk Grund, under de nærværende Omstændigheder; thi Postgaarden ligger i den Gade der fører til Slesvig yderst ved Broen, og den saavel som Gaden var spærret ved fleere Rader Palisader etc: Huusene Barikaderede, Vinduerne tilmurede og deri anbragt Skydshuller, og overalt besat med Soldater. Jeg fik et Værelse anviist paa 1ste Sal i Huuset, og •2• netop det siste paa Gangen, mit Værelse laae altsaa sydligst; ved Siden havde jeg et lille Huus stærkt besat med Soldater og ligesaa paa den modsatte Side af Gade, og lige under mig paa selve Postgaarden var et stort Værelse der ogsaa var opfylt med Soldater. Jeg var saaledes kommen midt ind i det; men det morede mig meget; lidt stod jeg i det aabne Vindue for at høre paa Soldaterne, der holdt Vagt ved Pallisaderne; men jeg gik snart ned til dem og blandede mig i deres Diskurts. Veiret var deiligt og Seenen nye for mig; man underrettede mig om at Fjenden blodt stod ½ Miil borte, man viiste mig vore Forposter, der neppe stode ½ Fjerding Vei borte paa Høiderne omkring Byen, og jeg var saaledes halvt inde i Sagernes Stilling, da jeg blev hilset af en Ingenieur Soldat med ”god Aften Herr Professor”. Det var vores Hans, Marthes Kjæreste. Ligesaa overrasket blev jeg næste Morgen ved strax, da jeg traate ud paa Gaden at møde Frederik Schiøtt, han havde netop haft Feltvagten i det barikaderede Huus ligeover for mine Vinduer, uden naturligviis at ahne min Nærhed, der havde han lagt paa Halm, imedens jeg laae i en ret god Seng, rigtignok med den Deel af mine Klæder paa. Det var en Smule Forsigtiged, da muligviis Tyskerne kunne have rørt dem om Natten, da havde jeg maattet fortrække. Da Schiøtt blev afløst om Morgenen fik han Tilladelse til at opholde sig om Formiddagen i Byen, og i ham havde jeg saaledes en god Veiviser. Vi besøgte vore Forposter, og saae der Tyskernes Forposter ved en Kirkebye, der laae noget borte; Formiddagen gik saaledes fortræffeligt i Koldings smukke Omegn, hvor Slotsruinerne allevegne gjør en yperlig Virkning. Vil du kjære Rose beede Moder at •3• hilse Trepka fra hans Søn, jeg [saaes] med ham i Kolding, da han rykkede ud mod hans Battalion for at afløse Feltvagten. Samme Battalion saae, imellem os sagt høist ynkelig ud; men den havde rigtignok ogsaa marscheret over 2 Miil førend den kom hid for at gjøre Vagt, og det i stærk Solheede, og med fuld Oppakning. Det er Noget hvorover der klages meget, nogle Batalioner ligge fulde halvtredie Miil borte fra Kolding, og dertil maae de dog vexelviis afgive Vagt. Efter Middag kjørte jeg Schiøtt til hans Quarteer, der omtrent var 1 Miil fra Kolding og derfra gik min Vei til John, der igjen var 1½ Miil længere mod Nord, der var Fred og ingen Fare. Han var ypperligt indquarteret i en stor Bondegaard, og jeg sov fortræffeligt den Nat paa en af Ambulancens Høemadratser med et Tæppe over mig. Men hvad John angaaer, da er han værre og maaske mere gnaven end da han var hjemme, ikke fordi jeg jo blev godt modtagen; thi han viste ikke alt det Gode han vilde gjøre mig, og yttrede sin Glæde over at see mig meget uforbeholden; men jeg mærkede dog nok hvad Klokken var slagen, at tjene under ham skulle jeg bede Gud bevare mig for, de arme Ambulance Soldater fik deres Skrub, naar Leilighed gaves; Komanderen hører jo til det militaire Væsen, og han kunde sandelig ikke taale mere af dette, end hvad han alt var i Besiddelse af. Han kjørte mig ved sin Befordring hertil, og vi, tillige med Doctor Nyborg, en af hans Underlæger, havde i gaar Eftermiddag en meget smuk Tuur herifra Byen ud til Greis Mølle. Leutenant Lundbye, der er her var vor Veiviiser i denne virkelig romantiske Egn, hvorhen jeg haaber ogsaa engang at kunne føre dig kjæreste Rose; du vil troe dig hensat i de smukkeste Egne af syd Tyskland; thi dansk skulde man ikke troe at disse Omgivelser vare. De vare saa smukke at jeg i Formiddag igjen har været der tilfods. I Eftermiddag kom John igjen med den anden Underlæge Hequet, der i forbigaaende sagt er en meget vakker Mand, og Lundbye agerede paa nye Veiviiser ud til Tirsbec, hvor Egnen om muligt er endnu smukkere end Dalen ved Greis. Du vil saaledes see at jeg har nydt Veile’s smukke Omegn i den korte Tiid jeg dertil havde bestemt. Imorgen tidlig gaaer Diligentsen til Aalborg, der er jeg i Overmorgen Middag; næste •2• Dag haaber jeg derfor at være i Frederikshavn, og at modtage Brev fra dig kjære. Hils Alle de kjære Børn ret meget kys hver især fra mig, det vil more de smaae Basser. At du bringer Moder og Alle de Andre min Hilsen følger af sig selv, men det er dog ikke værd at du Meddeeler hende hvad jeg har skreven om John’s Gnavenhed, han bad mig iøvrigt ret meget at hilse dig og erkyndigede sig paa det omstændeligste om dit og Børnenes Velbefindende. •1• Klokken er nu 2 om Natten og jeg maae nu slutte for at sove lidt før Reisen imorgen; men først maae jeg anmode dig om dog ikke at economisere alt for meget under min Fraværelse, din Yttring til Therese lidt før Afskeden har jeg erindret, men ikke ganske billiget; naar du og Børnene ikke havde det fulkommen godt, naar jeg var borte, kunne heller ikke jeg have nogen Glæde, og følgelig heller ingen Nytte at min Reise. Tag af og til ogsaa en Vogn og kjør lidt med de kjære Smaae, den lille kan vel nu ogsaa være med. Naar jeg blodt var ret dygtig riig ville 20 saadanne Børn som vore ikke være mig for mange, ikke sant kjære Rose vi ville nok glæde os derved. Dog nu god Nat for denne Gang –. Om Forholdene og Stemningen her ovre kunne jeg have skrevet meget; men det er vel ikke saa vigtigt at betroe Papiret. Meget hører man her, som man i Kjøbenhavn aldrig ahner; men det er mig uvedkommende jeg tænker mest paa dig kjæreste Rose og paa vore yndige Børn og saaledes vil jeg bestandig være din Martinus.</t>
+  </si>
+  <si>
+    <t>20. jul. 1848</t>
+  </si>
+  <si>
+    <t>Frederikshavn</t>
+  </si>
+  <si>
+    <t>Edmund Kall
+Nancy Kall
+Peter Julius Kall
+Johanne Georgine Landt
+Laura Lautrup, f. Schiøtt
+Orla Lehmann
+Ferdinand Christian Rørbye
+Nancy Gerhardine Rørbye</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/d/h7s9</t>
+  </si>
+  <si>
+    <t>Frederikshavn den 20de Juli 1848.
+At jeg har længtes efter dit Brev kjæreste Rose vil jeg ingenlunde fordølge. Ankommen hertil i Mandags Aftes fandt jeg Intet, og maatte jeg altsaa slaae mig til Rolighed oppebiende næste Post; men jeg sad oppe indtil Kl 12 igaar Aftes uden at min Længsel blev stillet. I Nat hørte jeg Post-Hornet lyde, og idenne Morgenstund var jeg ogsaa i Besiddelse af dit kjære Brev, og erfarede at du kjære og alle de velsignede Børn befinde Eder vel. – Skulle vi aldrig blive fulkommen enige? skulle vi aldrig lære fuldkommen at forstaae hinanden? Neppe ere vi gjernede fra hinanden, førend hver især dybt føler hvorlidet vi dog kunne undvære hinanden; og dog kjæreste Kone ere der Øjeblikke, naar vi ere samlede, da vort kjærlige Samliv forstyrres af smaalig Uenighed; vi ligesom mistvivler om den gjensidige Tilbøiligheds faste Grund og Mismod drager ind hvor Glæde og Tilfredshed, burde herske. Hvori skal jeg søge Grunden til dette; isandhed mit Hjerte frikjender mig, det er aabent og uforbeholdent, og hænger med inderlig Tilbøilighed ved dig, jeg er maaske Barnagtig i min Kjærlighed; men, skulle det være nogen Feil? jeg troer det ikke kjære, jeg kunne da ikke være saa glad derved, jeg kunne ikke føle, at det var den eneste Betingelse for min heldige Virken her i Livet. Hvorgjerne kjæreste Rose ville jeg bringe dig til den samme Anskuelse, vi ville blive end lykkeligere, og din Opofrelse, som vore velsignede Børn nu ofte foraarsager dig, skulle ikke mere regnes saa høit. Du bør gjøre Alt kjæreste Rose for at undgaae at ikke vor Kjærlighed til Børnene trænger sig imellem dig og mig; saa meget jeg end elsker dem, er du kjæreste •2• mig dog den Første; og saaledes bør det ogsaa være fra din Side, forudsat at du ogsaa nærer de Følelser, som du vel lader ahne; men aldrig saaledes udtaler som jeg. Jeg glæder mig ved at tilstaae dog, at den Kjærlighed jeg har til Børnene ene maae søge sin Grund i min Kjærlighed til dig. Og hvor dødt er ikke Livet uden Kjærlighed, jeg seer et underligt Exempel derpaa i Ferdinant og Gine her; de gaae vel samlede gjennem Verden; men uden egentlig Glæde, deres Barnløshed gjør Alt saa underligt tomt for dem, og mindre elskværdige Egenskaber faae let Leilighed til at udvikle sig, det er ogsaa Tilfælde her. Hos Nancy er Alt i en evig Komers; men man føler sig dog særdeeles vel; det Eneste jeg stærkt sauner er din og vore Børns Nærværelse, og det beklager ogsaa Nancy og Kall sig meget over. De ville søge at gjøre dig Alt saa godt; naar du blodt engang kunne bestemmt dig til at komme; min Indven[d]ing om de mange Børn, vil de Intet vide om, Alt skulle nok blive prægtigt. Iøvrigt har jeg tusinde Hilsener til dig fra Nancy og Alle her. Din Proprietet og Modestie er endnu stadig Gjenstand for Gines og Ferdinants Tale. – Jammer Skade for mig kjære Rose at Veiret er bleven saa frygteligt slet. Heele Gaadsdagen og idag falder Regnen strømmevis, vel sandt at jeg tilbringer denne Formiddag behageligt ved at skrive til dig; men med min Kunstneriske Virken har det sørgelige Udsigter, jeg har endnu Intet gjort, og er dog alt borte fra dig i over 1 Uge. Det gode Veir holdte mig paa heele min Reise hid; jeg forlod Veil om Morgenen efter at have skreven mit siste Brev til dig, og kom ved at indtage en ypperlig Plads i Deligentsen, efter en Dag og Nats Kjørdsel Mandag Morgen til Aalborg, hvorfra jeg strax fortsatte Reisen; men med mindre god Befordring hertil, hvor jeg indtraf sam- •3• me Dags Aften, efter paa m[in Gje]nnemreise i Hjørring at have besøgt Blesberg’s. Jeg synes godt om de Mennesker, deres gode Lune og Tilfredshed gjør et behageligt Indtryk, deres Glæde over deres Børn er ujyre stor, den minste Dreng har ikke Lidet tilfælles med den smukkeste af Lauras smaae Herrer. Du kan troe kjære Rose, de Efterretninger jeg bragte fra Broderen bidrog ikke lidet til at sætte hende i muntert Lune; have jeg ikke allerede betalt min Plads med Posten herhid, havde jeg med Fornøielse fulgt deres Indbydelse at tilbringe et Par Dage i Hjørring, hvor der just skulde være Marked. Men jeg maae see at komme viidere, saalænge man opholder sig iblant [overstreget: alt for] |saa| gjæstfrie Mennesker, bliver der Intet bestilt for bare Vellevnet. Jeg [har] nu isinde paa Løverdag at reise til gammel Skagen eller Højen, hvor jeg kun v[ar] ½ Dag ifjor, og hvor jeg haaber, vis Veiret tillader det, at finde Stof til Beskjæftigelse. Derfra tager jeg neppe tilbage til Nancy; men agter at reise langs ned med Vesterhavet til Marup og Løkken, eller hvilket andet Sted, der i Nærheden der særdeeles maatte behage mig. Dine forventede Breve til mig maae du imidlertiid addressere til Nancy, da jeg nok skal underrett[e] hende om, hvor jeg opholder mig. Jeg er endnu langt fra at være tilfreds [med] denne Reise, da jeg Intet har faaet i Mappen. – Jeg maatte i dette Øjeblik forlade Brevet, da jeg blev hentet ned i Kjøkkenet for at probere Oste; du vil med Skipper Ellingsen modtage 2 tilligemed en Otting |meget| godt Smør og 5 Snese Eg, som jeg maae beede for det første at tage tiltakke med. Jeg har herhos Nancy til Vinterbrug saavel bestilt Smør, som Oste og en Fjerding Kjød, og hun har lovet at Alt skal blive besørget ligesaa godt, som var det til hendes eget Huus, og efter de Sager at dømme, som du nu vil modtage tvivler jeg ikke om at du jo nok vil blive tilfreds. Smørret siger hun vil i Aar ikke blive saa vanskeligt at faae som ifjor, da ingen Udførsel til Hamborg iaar finder Sted. – Men ved at nævne Hamborg kommer jeg til at tænke paa Krigen, hvad siiger man nu dertil i Kjøbenhavn? er man endnu lige modige og forhaabningsfulde? mener man at Freden vil komme istand? er der ingen Splid imellem Partierne? meget saadant •2• paatrænger sig naturligviis her som Spørgsmaal, hvor man vel læser Aviserne; men intet klart Begreb kan gjøre sig om Tilstanden i Hovedstaden. Det er mageløst, hvor L paa sin Mission i Jylland har opført sig drengeagtigt og dumt, han er forhadt til det yderste ja ringeagtet. I Viborg maatte han i en stor Forsamling tilbagekalde sine Ord og beede om Forladelse, og i Aalborg slog, efter de ubesindige Yttringer der af [overstreget: ham |L|] vare fremkomne, en herværende •1• Proprietair og Stænderdeputeret i Bordet for ham, og kalte ham, blodt med lidet høfligere Ord, en Fusentast, og Vedkommende maatte stikke det i Lommen. Saadant, og meget Lignende, som her fortælles har man ikke seet i de kjøbenhavnske Blade. Men det forholder sig med dette, som med Tilstanden i Armeen Kjøbenhavnerne ere ikke alletiids de rigtigst underrettede. Dog det bliver for vidtløftigt nu at omtale Alt dette, saameget mere som vi idag, skal spiise til Middag hos Gine, og jeg ogsaa maae have lidt Tilsyn med dine Sagers Indpakning hvortil jeg i dette Øjeblik har faaet vedføiet en Kurv med 6 Hummere, gid de maae kome friske til dig og gid de maae smage dig godt. Lad endelig ikke Børnene komme tilskade med Klørene vis de endnu ere levende. Du maae betale Fragt og Told paa Alt hvad Ellingsen bringer dig fra mig. •4• Og nu kjæreste Rose Farvel. Edmund og lille Nancy staae udenfor Døren og beeder ynkeligt om at komme ind og bringe Moders Erinde, der bestaar i at underrette mig om at Kl er 3 og vi maae afsted til Ferdinant, hvorgjern var jeg endnu vedbleven at skrive, dog mere næste gang. Tak Athalia forud for det tiltænkte Brev, kys hende og de andre kjære Puds fra mig, hvad dig selv angaaer da skal du faae Renter naar jeg kommer hjem; thi Børnene kan dog ikke kysse dig rigtigt fra din hengivne Martinus.
+Jeg haber ved min Hjemkomst at finde vor Minste betydeligt større og endmere elskværdig; lad hende bare blive de andre liige og jeg er tilfreds. Hils Alle.</t>
+  </si>
+  <si>
+    <t>27. jul. 1848</t>
+  </si>
+  <si>
+    <t>Skagen</t>
+  </si>
+  <si>
+    <t>Elna Kall
+Emily Kall
+Harriet Kall
+Peter Julius Kall
+William Kall
+Johanne Georgine Landt
+Nancy Gerhardine Rørbye</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/d/gVQ0</t>
+  </si>
+  <si>
+    <t>Skagen den 27de Juli 1848.
+I Dag kom Posten her til Stedet; men der var intet Brev til mig kjære Rose, jeg maatte tye til dit siste og lære det endnu engang, for at jeg idet Mindste kunne indbilde mig, at jeg havde faaet Et nu. Dog, jeg kan vel tænke du har fult op at gjøre med være smaae Pudslinger, og at Tiiden ikke alletiider er til din Raadighed, og at de maae passes først, finder jeg ganske i sin Orden, naar du saa blot vil erindre mig naar Leilighed gives. – At jeg længes efter paa nye at høre hvorledes du og Børnene leve vil du finde ganske naturligt, da jeg alt har været borte i næste 3 Uger og blot modtaget et Brev; dette var vel for saavidt tilfredsstillende, da jeg hørte at Alt stod vel hjemme; men da du deri underrettede mig om, at Frue Lautrup nu, efter dit Ønske, var tagen bort, skulle det være mig meget kjært at erfare, at du nu ogsaa selv var istand til at varetage disse Sager, og dertil beholde et godt Houmeur. Det er derpaa at det især kommer an kjæreste Rose, uden det bliver Livet ofte besværligt, hvor det ellers er fult af Nydelser og Glæder. I disse Dage maae jeg ofte gjentage dette for mig selv; thi det vedvarende slette Veir gjør mig ofte ganske fortvivlet, jeg havde haabet et ret stort Udbytte af min Reise, og har til Dato næsten Intet, bliver det saaledes ved, kunne jeg have sparet mig for at være skilt fra dig og de velsignede Børn, og de Udgifter som en Reise medfører, kunne have været anvente paa en behageligere og nyttigere Maade. Men, der er vel ogsaa en Styrelse •2• i dette og endnu er der levnet mig nogen Tiid, vil Veiret da tillade det kan der endnu komme Noget i Mappen. – Mit forrige Brev modtog du fra Frederikshavn, hvor jeg tilbragte 4 Dage i øsende Regn hos Nancy, hvor jeg alligevel ikke havde ventet at kunne arbeide synderligt; jeg befant mig altsaa meget vel i hendes gjæstfrie Huus, og naar Regnen tillod det, gjorde vi en og anden Visite til Byens Honoratiores, der under mit forrige Ophold her havde vist mig Høflighed. Vi vare saaledes ogsaa hos Doctor Wilumssen hvis nydelige Kone nu var dobbelt smuk ved hendes Svangerskab; hvis dine brune Pletter i Ansigtet og paa Halsen endnu ikke ere ganske borte, da kan jeg trøste dig med at de snart forsvinde; thi Frue W. saae nu fuldkommen ligedan ud, og da jeg paa anden Haand erkyndigede mig derom, erfarede jeg at hun alletiider under lignende Omstændigheder havde været saaledes; men, at det seenere aldeeles forsvant, og er det altsaa saaleedes Tilfælde med den ene smukke Kone, maae det jo rimmeligviis ogsaa være det med en Anden. Under mit Ophold der i Byen har du og vore Børn ofte været Gjenstand for min Samtale med Byens Familier, du har der et stort Rye ved Gines og Nancys Relationer til dem, der ikke vare der, da du gjæstede Frederikshavn; nu var der en bestandig Spørgen af Damerne hvormange Børn du havde, hvorledes de saae ud, etc: etc: dette gav endog i Kalls Huus Anledning til en snurrig Yttring af Nancys lille William, der ligesom Terese ikke kunne faae i sit Hoved hvor Drengene vare; han kom meget troskyldig hen til mig og sagde ”Onkel Matinus lad mig see du faaer nogen Drenne”. Det var naturligviis til stor Glæde for de Tilstedeværende. Man er i Frederikshavn •3• just ikke synderlig tilbageholden Yttringer i denne Retning, og til et vist Punkt kan jeg ogsaa ret godt tale med; men hvores gode Svigerinde overskrider ikke siældent dette, og da bliver jeg paa engang stum; saa meget Snerperie er mig imod, ligesaa meget finder jeg et uanstændigt Sprog uden Viid fordømmeligt og især hos en Dage. Med Nancy er dette langt fra Tilfælde, har hun nogen fremragende Feil, da er det hendes umaadelige Snakken. – Nancys siste lille Pige er et fuldkommen Siidestykke til Terese som Barn, hun er virkelig næsten til at lee af saa tyk og rubust er hun; paa de andre Børn saae jeg ingen synderlig Forandring; N talte meget om en lille Tour til Kjøbenhavn og hun ønskede da at medtage Hariette og Elna hvis lespende Stemme volder Nancy nogen Bekymring, og betvivler imidlertiid, at der fra den lægevidenskabelige Siide lader sig gjøre noget derfor. – Dog kjære Rose nu lidt om min fremtidige Reise: I overmorgen forlader jeg Skagen, hvis det for Regn er gjørligt, min Agt er at reise langs ned af Stranden til Uggebye Bro og derfra gjennem Landet til Hjørring; der venter jeg muligt hos Blesbergs at finde Brev fra dig, da jeg har paalagt Nancy at sende dine Breve did; da jeg fra Hjørring agter mig ned til Kysten i Vest og navnlig til Lønstrup, Løkken og Blokhuusene kan Blesberg bedre besørge mine Breve til det Sted, hvor jeg vil underrette ham om at jeg opholder mig. Jeg haaber saaledes, at ingen af dine Breve skal forfeile mig; du kan ogsaa nu om du ønsker addressere dit Brev directe til B i Hjørring, og det bliver da det siste jeg paa denne Tuur modtager fra dig; jeg agter nemlig at indrette det saaledes, at jeg kan være hos dig Fredagen den 11te August. Det er med Iris jeg da vil komme og jeg haaber da |at| finde dig kjæreste Rose og alle Børnene muntre og tilfredse. Jeg længes meget efter at see hvormeget den lille har forandret sig til det bedre, jeg mener naturligviis til det større; thi smukkere kunne hun vel neppe blive, ikke sandt? Du maae endelig tale lidt til Elna mig, at jeg ikke skal have den Sorg at hun har glemt mig, med Athalia og Therese har det vel ingen Nød. Lad Athalia skrive det Brev •2• til mig, du sist talte om, du maae siige hende, at jeg længes meget derefter. Besynderlig er den Kjærlighed man har til sine Børn, den største Ubetydelighed, naar den blot angaaer dem har Interesse, og dette i en endnu langt høiere Grad, naar man er fjernet fra dem; men Noget lignende gjælder jo ogsaa om dig, men du kan vist neppe taale at jeg siiger dig det, og jeg vil altsaa tie, for at jeg ikke skal finde dig ganske •1• fordærvet og kjæphøi, naar jeg kommer hjem; jeg vil helst see en kjærlig og god Kone, der viiser en skrømtet Tilfredshed, kort sagt kjæreste Rose, jeg vil have Gjengjæld. Og nu for i Aften Farvel, Klokken er igjen bleven mange, det er over Midnat; men her er ingen Vægter der bebuder dette, uden for brummer Havet og Stormen hviner i Klitten, jeg har det godt herinde, jeg har tænkt paa dig og de kjære Smaae, naar de vaagner, tænker jeg vil du faae disse Linnier, og da see at jeg bestandig er din hengivne Ven Martinus.</t>
+  </si>
+  <si>
+    <t> 4. aug. 1848</t>
+  </si>
+  <si>
+    <t>Blokhus</t>
+  </si>
+  <si>
+    <t>Carl Klitgaard
+Christian Michael Rottbøll
+Emma Eulalia Rørbye
+Peter Vilhelm Sünckenberg</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/d/Fva6</t>
+  </si>
+  <si>
+    <t>Blokhuus den 4de August 1848.
+Havde jeg ikke en kjær Kone til hvem jeg kunde skrive, og saaledes forskaffe mig en behagelig Time, da skulle en Regndag, som denne, i en øde Klitegn ved Vesterhavet isandhed ikke være af de meget opmuntrende. Fra mit Vindue seer jeg ud over en lille Slette, der ikke mangler Frugtbarhed; men dens Begrændsning, en Række af lidet maleriske Klitbakker, lader intet Øieblik i Tvivl om hvor man befinder sig; paa en Grønning nærmere Huuset, ligger et Par smaa Hytter ved en Bæk; Ejeren af den ene er formodentlig Farver; thi han er i Begreb med at udskylle sine Tøier, Regnen lader ikke til at bekymre ham stort ved det vaade Arbeide, en Flok Ænder snaddre omkring ham, og svømme i Bækken; de øvrige levende Væsener i Hytten synes opløste i Kjedsommelighed, Konen og Børnene komme af og til gabende tilsyne i den aabne Huusdør, og skue tankeløse ud i den graae Luft; men Fjerkræet er dog mest at beklage, paa et Been, dryppende af Vand søge de Læ bag nogle Tørvestakke, med megen Tolmodighed vente de bedre Dage. Men see, ude paa Marken er en pudsig Seene, en Dreng er ifærd med at flytte en Kalv i Tøiret, den gjør tusinde Kaprioler og vil paa ingen Maade lystre den lille Herre, dog, nu er der igjen Eenighed, og den Samtale, som Manden i dyb Bas fører med Kjælderpigen i Krostuen under mit Værelse, paatvinger sig paa nye min Opmærksomhed; men er dog ikke nær saa ærgerlig, som den muntre Værtindes idelige Repeteren af en Hamborger Gallopade, som hun, for at opmuntre sit lille Barn, lader gjenlyde over det heele Huus. Neppe kjæreste Rose kan jeg vedligeholde mine Tanker, let kunne jeg forglemme at takke dig for dit siste kjærlige Brev. •2• Og dog, der er Intet, der siden dets Modtagelse, har lagt mig saa meget paa Hjerte; det var Linnier kjæreste Rose, der vidnede om at saa kjærligt Sind, at jeg visselig Intet kan have at ønske mere. Lad det altiid beste Rose blive saaledes, lad aldriig en overdreven Tilbageholdenhed opholde dig fra at udtale dine Følelser mod mig; det er mig saa velgjørende; først da føler jeg et virkeligt Liv, først da føler jeg at min Tilbøilighed til dig er Frugten af en Kjærlighed, der ikke vil svækkes ved Aarene, da den er gjensidig. Du har Ret kjæreste Rose, jeg har virkelig ofte tvivlet om at du ogsaa nærede saadanne Følelser for mig, dit Forhold, har for mig ofte været gaadefult, jeg var mig min Kjærlighed vel bevist, og kunne ikke fatte hvorledes man ikke skulle turde udtale den for hinanden. Mit Liv var denne Kjærlighed, og jeg saae den ofte miskjendt, jeg saae den forvexlet med Følelser, der vel kan bestaae uden den, men som hos mig var Følgen deraf. Dit Brev har lettet mig for disse Sorger, min Fraværelse har baaren gode Frugter, da den har lært mig at kjende din Tænkemaade fra en Siide, der under vort Samliv næsten var bleven mig fremmed. Hvormeget længes jeg ikke nu efter igjen at see dig og de kjære Børn, jeg tæller Dagene og tænker med Tilfredshed paa den Glæde, der paa nye skal fremblomstre for os. Dig og de kjære Børn, det er den Orden hvorefter jeg regner, disse er ved dig bleven mig saa dyrebare og om min Kjærlighed til dem har du vist intet Øjeblik tvivlet. – Du fortæller mig i dit Brev om Emmas Tab, jeg veed isandhed ikke om jeg skal beklage hende, mig behager hendes Færd med Hensyn til hendes Børn ligesaa lidet som dig; hun er nu saa meget friere, det er jo det hvorefter hun især stræber, neppe kan denne Færd undskylles, grueligt maae det være vis nogen Forsømmelse fra hendes •3• Siide blev hende klart, hun fortjener efter mit ringe Skjønnende, næsten ikke at have Børn. – Hvor ondt gjør det mig ikke, at du under min Fraværelse har havt All den Uroe og Bekymring; thi ogsaa Tabet for vort Huus af Anne maae regnes herhen, jeg troer næsten, at havde jeg været hjemme havde jeg sagt Nei, især vis det ganske forholdt sig som du skrev, at nemlig Anne selv ikke syntes at have synderlig Lyst til et Giftemaal nu. Mig har det forekommen efter din Beretning, som om Familien havde søgt at sætte hende i Angst for Tabet af Fæstehuuset, og dog tilkommer Bestemmelsen deraf ingenlunde dem, det er Godsejeren hvorunder det hører, der afgiver Kjendelsen isaahenseende, rimmeligviis er det Anne’s Familie, der vilde faae Fordeelen af hendes hurtige Bestemmelse, for dig var det ingenlunde Pligt at lade hende g[aae] før Skiftetiid, hvad du har gjort af en god Villie er noget Andet. Det skulle nu ret inderlig glæde mig om du havde været heldig i Valget af en nye Barnepige, under alle Omstændigheder tager du vel et sat Menneske. Om Trine har du Intet skreven, jeg haaber derfor at du nu igjen har hende til Brug. Dog for at komme tilbage til os selv og vore, da maae du ret meget takke Athalia for hendes Brev, du maae siige hande at det glædede mig meget at see at hun nu var kommen saa vidt; naar jeg igjen gjør en lille Tour haaber jeg at ogsaa Therese kan have lært at tilskrive mig, men Nore har det endnu Tiid. Kys alle de smaae Puds fra mig, naar jeg kommer hjem skal jeg nok danse en Rund med dem, den Mindste Navnløse kommer jeg da til at tage paa Armen for at de Alle kunne være med. – Dog hør nu et Par Ord om hvor jeg siden mit siste Brev til dig er færdedes. Uheld med Veiret har fulgt mig paa heele denne Reise med Undtagelse af nogle faa Dage, og jeg har ofte fortvivlet, saa pudsigt som det lyder, maae jeg imidlertiid siige, at jeg Dagen førend min Afreise fra Skagen havde det Held at see en Stranding, hvorved jeg fik nogle Skitser i min Bog; thi om udførte Tegninger eller malede Studier kan der naturligviis ikke være Tale naar det blæser en Storm. Tingen var imidlertiid interesant nok, omenskjøndt jeg nok kunne have ønsket at Skibet havde stødt nærmere ved Land isteden for det nu var ude paa Greenen. Søndagen derefter afreiste jeg til Hjørring. Veien did gaaer de første 4 Miile langs Havet, og da det endnu blæste •2• stærkt var der bitterligt kolt, jeg fik næsten for meget af det storartede Skue, Vesterhavet i Oprør. I Hjørring besøgte jeg naturligviis igjen Blesbergs; men jeg udstragte denne Gang ogsaa mine Besøg til Holsteins, Juul’s og Synkenbergs. Hos Holsteins tilbragte jeg Søndag Aften meget behageligt, og jeg har saavel fra dem, som fra de øvrige Familier mange Hilsener til dig og Moder. Efter om Mandagen at have spiist Frokost hos Blesberg tillige med Justitsraad Synkenberg, af- •1• reiste jeg til en lille Bye Lønstrup ved Havet, hvor jeg tilbragte et Par behagelige Dage, rigtignok afbrudte ved iidelige Torden og Regn Byger. Jeg fik der imidlertiid en ret interesant malet Skitze. Jeg fortryder at jeg saa snart forlod Lønstrup for at tage til Løkken; thi der behagede det mig langt fra saa godt. En lille Fodtuur som jeg foretog derfra til Borglum Kloster som Rotbøll ejer, havde lige saa lidet Resultat for mig, jeg vente blot tilbage ærgerlig ved at have seet en saadan Eiendom i saa raae Hænder. Det gaaer der blodt ud paa Penge Gevinst; den maaske engang herlige Bygning og Kirke er invendig ganske forfalden, overalt er der Roderie og Uorden. Men hvad kan man ogsaa vente af en Mand, hvis Yttring er, ”at han ikke vil sælge sig til et Fruentimmer, og lever derfor i de skammeligste Forhold, jeg tilskriver dette tildeels Huusets indvendige Forfatning, dog mere herom muntligt. – Her i Blokhuus hvor jeg nu opholder mig er Naturen ved Havet storartet, men her er desværre ikke mange Mennesker Studier i den Retning vil jeg altsaa slet ikke faae her. En ganske mærkelig Kjøbmands Familie lever her paa Stedet, der er Gjæstfriheden i sin høieste Potents; men har til dette endnu fleere gode Egenskaber, saa at Kjøbmand Klitgaards Navn er hæderligt bekjendt i heele Vendsyssel; men det vil blive for vitløftigt at omtale skriftligt hvad denne Mand her har virket; jeg vil hellere fortælle dig at jeg bliver min tidligere Bestemmelse troe, og vil altsaa igjen være hos dig Fredag Morgen den 11te hvis Gud vil, og Dampskibet kommer til at gaae i sin regelmæssige Fart fra Aalborg. Søg indtil vi gjensees at være saa tilfreds, som muligt, naar jeg kommer hjem skal jeg søge at bidrage mit Beste dertil. Kys alle Børnene endnu engang, og hils Moder og den heele Familie ret meget fra din inderlig hengivne Martinus</t>
+  </si>
+  <si>
+    <t>Malerier solgt på Rørbyes dødsboauktion 22. feb 1849</t>
+  </si>
+  <si>
+    <t>Afskrift efter auktionskataloget over Rørbyes dødsboauktion, 22. februar 1849. Afskriften omfatter kun katalogets s. 3-7, der vedrører malerier.</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/d/eUY9</t>
+  </si>
+  <si>
+    <t>I. Fuldførte Malerier.
+a) i forgyldte Rammer.
+Nr.
+1 En græsk Skrædder.
+2 Parti af Kirken St. Benedetto ved Subiaco, signeret 18 October 1836.
+3 Udsigt fra Acropolis udover Sletten.
+4 En Strandingscommissair ved Skagen. 1848.
+b) uden Rammer.
+5 En siddende Nubier. Roma 1839.
+6 En hvilende Tyrk. 1845. 
+7 En siddende Dito 1845. [ved nr. 6-7:] Udførte i Kjøbenhavn efter Naturen.
+8 Staaende Figur, i Costume efter en holbergsk Comedie.
+(9 &amp;amp; 10)
+II. Udførte Skizzer og Studier efter Naturen, i Olie. (Lærred og Papir.)
+11 En norsk Bonde i en Fjeldegn. 1830.
+12 En Fos med en fremragende Klippe. 1830.
+13 En Bakke med Graner imod en Fjeldvæg. 1830.
+14 Parti i Tellemarken. 1830 
+15 Sneefjelde, med Graner i Forgrunden. [ved nr. 12-15:] Fra Norge
+16 Udført Studie af et Hyldetræ. 1832.
+17a Sjællandsk Parti af et bakket Terrain; en Dreng sidder paa en Steen. 1833.
+17b Skovparti med en Aa. 1833.
+17c Parti af Gisselfeldt-Egnen. (Aften.)
+17d Dito af Dito (Middagsbelysning.)
+18 En romersk Eremit. Rom 1832.
+19 Klostergaarden St. Giovanno in laterano i Rom. 1834.
+20 Parti af et Kapucinerkloster i Rom. 1835.
+21 Dito af Coliseet i Rom. 1835.
+22 Parti af den romerske Campagne, Tiberen og monte seraste, med en siddende Figur. Rom 1835.
+23 Parti af de antike Steenbrud ved Cervara ved Rom. 1835.
+24a En romersk Jæger (Cacciatore) med sin Hund. Rom 1835
+25 Parti af Værtshuset ”la storta” ved Rom, Peterskirken i Baggrunden. 1835.
+26 Marinaro fra Amalfi. 1835.
+27 Strand ved Amalfi med oprørt Sø. Amalfi 1835.
+28 Udsigt til Havet igjennem Døren paa en Fiskerhytte ved Amalfi. Amalfi 1835.
+29 Klostergaard i Amalfi. 1835.
+30 En Skrænt med Cactusplanter, paa Procida, Vesuv i Baggrunden. Procida 1835.
+31 Strandparti ved Procida. 1835.
+32 Et brændende Skib, Scene paa Procida. 1835.
+33 Klippehule ved Cervara. 1835.
+34 Ved Cervara; den romerske Campagne. 1835.
+35 Gaard i Franciskanerklosteret i Sorrent. 1835.
+36 Klostergang sammesteds. 1835.
+37 Klippeparti ved Sorrent. 1835.
+38 Parti af Franciskanerklosteret i Sorrent. 1835.
+39 Klostergangen i Sorrent. 1835.
+40 Parti i Nærheden af Sorrent, med Udsigt til Havet. 1835.
+41 To italienske Hyrdedrenge, siddende ved Ilden. 1835. (Drengenes Ansigter dog ikke udførte.)
+42 Neptuntemplet i Pæstum. P. 1836.
+43 Klostergang i Subiaco, med en Kone, som henter Vand. 1836.
+44 Catacomberne i Palermo. P. 1840.
+45 Udsigt fra en Pergola i Palermo. 1840.
+46 Klostergang i Palermo, med en Franciskanermunk. 1840.
+47 Forhallen til Metropolitankirken i Palermo. (madre chiese.) 1840.
+48 Bugten ved Palermo, i Aftenrøden. 1840.
+49a Templet i Girgenti. 1840.
+49b Monument ved Palermo. Palermo 1840.
+50 Klostergang i Palermo, med en Dominicaner. Palermo 1840.
+51 Mandshoved. Palermo 1840.
+52 Viid Udsigt fra Girgenti. G. 1840.
+53 Lignende Parti. G. 1840.
+54 Tempelruin ved Girgenti. 1840.
+55 Ruiner af Castor og Pollux Templet ved Girgenti. 1840.
+56 En neapolitansk Fisker, spillende paa Mandolin. (Meget udført.)
+57 De bekjendte, af Buonarotti plantede Cypresser i Diocletians Bade. Roma 1841.
+58 Hovedet af en Neger. 1841.
+59 Hovedet af en Dreng. 1841.
+60 Hovedet af en Tyrk. 1845.
+61 Et Tyrkehoved.
+62 Italiensk Bondestue, med 2 Figurer siddende foran Kaminen.
+63 Udsigt fra Acropolis ved Aften; 2 Grækere i Forgrunden.
+64 Dito; Ruiner i Baggrunden, nogle Figurer i Landskabet.
+65 Et Parti af Parthenon med Udsigt over Havet; en Græker holder Hvile.
+66 Grækere arbeide i Ruinerne ved Akropolis.
+67 Grækere hente Vand fra Brønden ved Vindenes Taarn i Athen.
+68 Parti af Parthenon med Udsigt over Athen.
+69 Parti af Erichtyon med Udsigt over Havet.
+70 Parti af Stokholm, med Ridderholmskirken. 1840.
+71 Parti af Stokholm med det kgl. Slot. 1840.
+72 Parti af Stokholm med det kgl. Slot, seet fra Mælaren. Stokholm 1846.
+73 Et stort Skib under Kalfatring, ved Frederikshavn. 1847.
+74 Det oprørte Vesterhav, med en Baad i Forgrunden. 1847.
+75 Parti ved Skagen; en Baad med Tørv losser. 1847.
+76 Studie af Vesterhavet. 1847.
+77 Parti paa Samsø. 1847.
+78 Udsigt fra Vaabenhuset i en Kirke paa Samsø. 1847.
+79 En Araber i Costume. 1847. 
+80 En Dito. 1847. [ved nr. 78-80:] Studier
+81 Strandparti ved Blokhusene paa den jydske Kyst. 1848.
+82 Stranden ved Lundstrup (Vestkysten af Jylland). 1848.
+83 En Fisker i sin Stue, seende ud af Vinduet. 1848
+84 Parti af Klitterne ved Skagen, med Bøndergaarde. 1848.
+85 Jydsk Strandbred med Baade og Folk. 1848.
+86 Stærkt oplyst Strandparti ved Blokhusene. 1848.
+87 Jydsk Strandbred med 3 oplagte Baade.
+88 Et Muulæsel, med Oppakning. Cervara 1836.
+89 2 Geder. Rom 1841.
+90 2 sammenkoblede Bøfler.
+91a En Kameel.
+91b 2 døde Bekkasiner.
+91c En Vædder.
+III. Mindre udførte Skizzer efter Naturen. (Olie.)
+91d Parti af et over Klipper nedstyrtende Vandfald. 1830.
+92 En Elv med dens Omgivelser. 1830.
+93 Studie af et Klippeparti i en taaget Egn. [ved nr. 91b-93:] Norge.
+94 Parti i en Klippehule. Cervara 1835.
+95 Klippehule. 1835.
+96 Studie af en Cactusplante. Palermo 1840.
+97 Italiensk Træstudie.
+98 To Dito.
+99 Et Dito.
+100 Luftstudie; jydsk Egn. (Dagluft og Solskin.)
+101 Studie af Aftenluft.
+102 Luftstudie.
+103 Studie af Aftenluft.
+104 To ufuldførte Luftstudier.
+105 To Studier.
+106 Tre Dito.
+107 Et Dito (Hav i Aftenbelysning).
+108 Et Dito (Hav i Dagsbelysning).
+109 Et Dito (Uveir).
+110 Et Dito (Strand med oprørt Hav). 1830.
+111 Et Dito (Udsigt over Kjøbenhavn ved Solens Nedgang).
+112 To Dito.
+113 Et Dito (Rullende Sø ved en Strandbred); malet paa Blik.
+114 Et Dito, med Figurer. (Vinter).
+115 Et Dito, ufuldført (Blyant og Olie.)
+116 Et Dito, ufuldført. (Dansk Egn med en Kirke.)
+117 Et Dito (Oprørt Hav med en Figur i Forgrunden).
+118 En norsk Fos. 1830.
+119 Norsk Parti med Vand i Forgrunden.
+120 Norsk Egn med et Klippestykke i Forgrunden.
+121 Qvindelig Model.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -953,51 +953,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://roerbye.ktdk.dk/d/gVQ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/n8WpQlFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/vJnRHL3j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/0Hkc4gVB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/PAig0URu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/kxYTY8II" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/eUY9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/rfuk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/h7s9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/Fva6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/eTNRcx6J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/0o66Rr8R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/kO056YU0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/sGtnWYOt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/hc8YHwFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/5EhgjOs6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/RZqktMxz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/l5lGov7H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/YFmkf6po" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/rD1hgq9s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/Qes0mm7w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/tcWKEfOR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/yhWS4N76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/o1Ss" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/Yv0l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/YvdB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/Dgxq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/5iHL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://roerbye.ktdk.dk/d/rfuk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/kO056YU0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/n8WpQlFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/vJnRHL3j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/rD1hgq9s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/Qes0mm7w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/tcWKEfOR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/sGtnWYOt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/yhWS4N76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/eTNRcx6J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/hc8YHwFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/Yv0l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/YvdB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/Dgxq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/5EhgjOs6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/o1Ss" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/0o66Rr8R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/PAig0URu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/0Hkc4gVB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/kxYTY8II" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/RZqktMxz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/l5lGov7H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/YFmkf6po" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/5iHL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/h7s9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/gVQ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/Fva6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/eUY9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M29"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -1034,1415 +1034,1415 @@
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D2" s="5" t="s">
+      <c r="D2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="s">
+      <c r="I2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G2" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H2" s="5" t="s">
+      <c r="K2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="I2" s="5"/>
-      <c r="J2" s="5" t="s">
+      <c r="M2" s="5" t="s">
         <v>20</v>
-      </c>
-[...9 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>23</v>
-      </c>
-[...29 lines deleted...]
-        <v>25</v>
       </c>
       <c r="I3" s="5"/>
       <c r="J3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L3" s="6" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="M3" s="5"/>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="I4" s="5"/>
       <c r="J4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L4" s="6" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="M4" s="5"/>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="I5" s="5"/>
       <c r="J5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L5" s="6" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="M5" s="5"/>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I6" s="5"/>
       <c r="J6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L6" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="M6" s="5"/>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="s">
         <v>35</v>
-      </c>
-[...31 lines deleted...]
-        </is>
       </c>
       <c r="I7" s="5"/>
       <c r="J7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="M7" s="5"/>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
         <v>37</v>
       </c>
       <c r="B8" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L8" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="C8" s="5" t="inlineStr">
-[...47 lines deleted...]
-      </c>
+      <c r="M8" s="5"/>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>22</v>
+      </c>
+      <c r="C9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>43</v>
-[...5 lines deleted...]
-        <v>45</v>
+        <v>40</v>
+      </c>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L9" s="6" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="M9" s="5"/>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-        <v>18</v>
+        <v>22</v>
+      </c>
+      <c r="C10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="I10" s="5"/>
-      <c r="J10" s="5" t="s">
-        <v>20</v>
+      <c r="J10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L10" s="6" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="M10" s="5"/>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-        <v>18</v>
+        <v>22</v>
+      </c>
+      <c r="C11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="I11" s="5"/>
-      <c r="J11" s="5" t="s">
-        <v>20</v>
+      <c r="J11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L11" s="6" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="M11" s="5"/>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="I12" s="5"/>
       <c r="J12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L12" s="6" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="M12" s="5"/>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>24</v>
-[...19 lines deleted...]
-        </is>
+        <v>52</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>55</v>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H13" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H13" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="J13" s="5" t="s">
+        <v>58</v>
       </c>
       <c r="K13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L13" s="6" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="M13" s="5"/>
+        <v>59</v>
+      </c>
+      <c r="M13" s="5" t="s">
+        <v>60</v>
+      </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="E14" s="5" t="s">
         <v>63</v>
       </c>
-      <c r="B14" s="5" t="s">
-[...20 lines deleted...]
-        </is>
+      <c r="F14" s="5" t="s">
+        <v>55</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
         <v>64</v>
       </c>
-      <c r="I14" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="I14" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="J14" s="5" t="s">
+        <v>66</v>
       </c>
       <c r="K14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L14" s="6" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="M14" s="5"/>
+        <v>67</v>
+      </c>
+      <c r="M14" s="5" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>24</v>
-[...19 lines deleted...]
-        </is>
+        <v>52</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>55</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>67</v>
-[...5 lines deleted...]
-        </is>
+        <v>72</v>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="J15" s="5" t="s">
+        <v>74</v>
       </c>
       <c r="K15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L15" s="6" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="M15" s="5"/>
+        <v>75</v>
+      </c>
+      <c r="M15" s="5" t="s">
+        <v>76</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="I16" s="5"/>
       <c r="J16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L16" s="6" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="M16" s="5"/>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>24</v>
-[...19 lines deleted...]
-        </is>
+        <v>52</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>55</v>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>73</v>
-[...5 lines deleted...]
-        </is>
+        <v>81</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="J17" s="5" t="s">
+        <v>83</v>
       </c>
       <c r="K17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L17" s="6" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="M17" s="5"/>
+        <v>84</v>
+      </c>
+      <c r="M17" s="5" t="s">
+        <v>85</v>
+      </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>75</v>
+        <v>86</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I18" s="5"/>
       <c r="J18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L18" s="6" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="M18" s="5"/>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>77</v>
+        <v>88</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H19" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H19" s="5" t="s">
+        <v>89</v>
       </c>
       <c r="I19" s="5"/>
       <c r="J19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L19" s="6" t="s">
-        <v>78</v>
+        <v>90</v>
       </c>
       <c r="M19" s="5"/>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>79</v>
+        <v>91</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="I20" s="5"/>
       <c r="J20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L20" s="6" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="M20" s="5"/>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H21" s="5" t="s">
-        <v>83</v>
+      <c r="H21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I21" s="5"/>
       <c r="J21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L21" s="6" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="M21" s="5"/>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H22" s="5" t="s">
-        <v>86</v>
+      <c r="H22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I22" s="5"/>
       <c r="J22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L22" s="6" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="M22" s="5"/>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I23" s="5"/>
       <c r="J23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L23" s="6" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="M23" s="5"/>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="I24" s="5"/>
       <c r="J24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L24" s="6" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="M24" s="5"/>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="F25" s="5" t="s">
-        <v>18</v>
+        <v>55</v>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>96</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="I25" s="5"/>
       <c r="J25" s="5" t="s">
-        <v>98</v>
+        <v>66</v>
       </c>
       <c r="K25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L25" s="6" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="F26" s="5" t="s">
-        <v>18</v>
+        <v>55</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="I26" s="5"/>
       <c r="J26" s="5" t="s">
-        <v>106</v>
+        <v>66</v>
       </c>
       <c r="K26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L26" s="6" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>110</v>
+        <v>103</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="F27" s="5" t="s">
-        <v>18</v>
+        <v>55</v>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-      </c>
+        <v>115</v>
+      </c>
+      <c r="I27" s="5"/>
       <c r="J27" s="5" t="s">
-        <v>20</v>
+        <v>66</v>
       </c>
       <c r="K27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L27" s="6" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>95</v>
+        <v>119</v>
       </c>
       <c r="F28" s="5" t="s">
-        <v>18</v>
+        <v>55</v>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="I28" s="5"/>
       <c r="J28" s="5" t="s">
-        <v>119</v>
+        <v>66</v>
       </c>
       <c r="K28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L28" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C29" s="5" t="s">
-[...9 lines deleted...]
-        <v>18</v>
+      <c r="C29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H29" s="5" t="s">
+      <c r="H29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I29" s="5" t="s">
         <v>124</v>
       </c>
-      <c r="I29" s="5"/>
-[...1 lines deleted...]
-        <v>20</v>
+      <c r="J29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L29" s="6" t="s">
         <v>125</v>
       </c>
       <c r="M29" s="5" t="s">
         <v>126</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>