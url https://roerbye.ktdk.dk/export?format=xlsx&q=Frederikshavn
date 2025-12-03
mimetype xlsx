--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -44,324 +44,324 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>20. jul. 1848</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Martinus Rørbye</t>
+  </si>
+  <si>
+    <t>Rose Schiøtt</t>
+  </si>
+  <si>
+    <t>Frederikshavn</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Edmund Kall
+Nancy Kall
+Peter Julius Kall
+Johanne Georgine Landt
+Laura Lautrup, f. Schiøtt
+Orla Lehmann
+Ferdinand Christian Rørbye
+Nancy Gerhardine Rørbye</t>
+  </si>
+  <si>
+    <t>Det kgl. Bibliotek, Acc. 1996/44</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/d/h7s9</t>
+  </si>
+  <si>
+    <t>Frederikshavn den 20de Juli 1848.
+At jeg har længtes efter dit Brev kjæreste Rose vil jeg ingenlunde fordølge. Ankommen hertil i Mandags Aftes fandt jeg Intet, og maatte jeg altsaa slaae mig til Rolighed oppebiende næste Post; men jeg sad oppe indtil Kl 12 igaar Aftes uden at min Længsel blev stillet. I Nat hørte jeg Post-Hornet lyde, og idenne Morgenstund var jeg ogsaa i Besiddelse af dit kjære Brev, og erfarede at du kjære og alle de velsignede Børn befinde Eder vel. – Skulle vi aldrig blive fulkommen enige? skulle vi aldrig lære fuldkommen at forstaae hinanden? Neppe ere vi gjernede fra hinanden, førend hver især dybt føler hvorlidet vi dog kunne undvære hinanden; og dog kjæreste Kone ere der Øjeblikke, naar vi ere samlede, da vort kjærlige Samliv forstyrres af smaalig Uenighed; vi ligesom mistvivler om den gjensidige Tilbøiligheds faste Grund og Mismod drager ind hvor Glæde og Tilfredshed, burde herske. Hvori skal jeg søge Grunden til dette; isandhed mit Hjerte frikjender mig, det er aabent og uforbeholdent, og hænger med inderlig Tilbøilighed ved dig, jeg er maaske Barnagtig i min Kjærlighed; men, skulle det være nogen Feil? jeg troer det ikke kjære, jeg kunne da ikke være saa glad derved, jeg kunne ikke føle, at det var den eneste Betingelse for min heldige Virken her i Livet. Hvorgjerne kjæreste Rose ville jeg bringe dig til den samme Anskuelse, vi ville blive end lykkeligere, og din Opofrelse, som vore velsignede Børn nu ofte foraarsager dig, skulle ikke mere regnes saa høit. Du bør gjøre Alt kjæreste Rose for at undgaae at ikke vor Kjærlighed til Børnene trænger sig imellem dig og mig; saa meget jeg end elsker dem, er du kjæreste •2• mig dog den Første; og saaledes bør det ogsaa være fra din Side, forudsat at du ogsaa nærer de Følelser, som du vel lader ahne; men aldrig saaledes udtaler som jeg. Jeg glæder mig ved at tilstaae dog, at den Kjærlighed jeg har til Børnene ene maae søge sin Grund i min Kjærlighed til dig. Og hvor dødt er ikke Livet uden Kjærlighed, jeg seer et underligt Exempel derpaa i Ferdinant og Gine her; de gaae vel samlede gjennem Verden; men uden egentlig Glæde, deres Barnløshed gjør Alt saa underligt tomt for dem, og mindre elskværdige Egenskaber faae let Leilighed til at udvikle sig, det er ogsaa Tilfælde her. Hos Nancy er Alt i en evig Komers; men man føler sig dog særdeeles vel; det Eneste jeg stærkt sauner er din og vore Børns Nærværelse, og det beklager ogsaa Nancy og Kall sig meget over. De ville søge at gjøre dig Alt saa godt; naar du blodt engang kunne bestemmt dig til at komme; min Indven[d]ing om de mange Børn, vil de Intet vide om, Alt skulle nok blive prægtigt. Iøvrigt har jeg tusinde Hilsener til dig fra Nancy og Alle her. Din Proprietet og Modestie er endnu stadig Gjenstand for Gines og Ferdinants Tale. – Jammer Skade for mig kjære Rose at Veiret er bleven saa frygteligt slet. Heele Gaadsdagen og idag falder Regnen strømmevis, vel sandt at jeg tilbringer denne Formiddag behageligt ved at skrive til dig; men med min Kunstneriske Virken har det sørgelige Udsigter, jeg har endnu Intet gjort, og er dog alt borte fra dig i over 1 Uge. Det gode Veir holdte mig paa heele min Reise hid; jeg forlod Veil om Morgenen efter at have skreven mit siste Brev til dig, og kom ved at indtage en ypperlig Plads i Deligentsen, efter en Dag og Nats Kjørdsel Mandag Morgen til Aalborg, hvorfra jeg strax fortsatte Reisen; men med mindre god Befordring hertil, hvor jeg indtraf sam- •3• me Dags Aften, efter paa m[in Gje]nnemreise i Hjørring at have besøgt Blesberg’s. Jeg synes godt om de Mennesker, deres gode Lune og Tilfredshed gjør et behageligt Indtryk, deres Glæde over deres Børn er ujyre stor, den minste Dreng har ikke Lidet tilfælles med den smukkeste af Lauras smaae Herrer. Du kan troe kjære Rose, de Efterretninger jeg bragte fra Broderen bidrog ikke lidet til at sætte hende i muntert Lune; have jeg ikke allerede betalt min Plads med Posten herhid, havde jeg med Fornøielse fulgt deres Indbydelse at tilbringe et Par Dage i Hjørring, hvor der just skulde være Marked. Men jeg maae see at komme viidere, saalænge man opholder sig iblant [overstreget: alt for] |saa| gjæstfrie Mennesker, bliver der Intet bestilt for bare Vellevnet. Jeg [har] nu isinde paa Løverdag at reise til gammel Skagen eller Højen, hvor jeg kun v[ar] ½ Dag ifjor, og hvor jeg haaber, vis Veiret tillader det, at finde Stof til Beskjæftigelse. Derfra tager jeg neppe tilbage til Nancy; men agter at reise langs ned med Vesterhavet til Marup og Løkken, eller hvilket andet Sted, der i Nærheden der særdeeles maatte behage mig. Dine forventede Breve til mig maae du imidlertiid addressere til Nancy, da jeg nok skal underrett[e] hende om, hvor jeg opholder mig. Jeg er endnu langt fra at være tilfreds [med] denne Reise, da jeg Intet har faaet i Mappen. – Jeg maatte i dette Øjeblik forlade Brevet, da jeg blev hentet ned i Kjøkkenet for at probere Oste; du vil med Skipper Ellingsen modtage 2 tilligemed en Otting |meget| godt Smør og 5 Snese Eg, som jeg maae beede for det første at tage tiltakke med. Jeg har herhos Nancy til Vinterbrug saavel bestilt Smør, som Oste og en Fjerding Kjød, og hun har lovet at Alt skal blive besørget ligesaa godt, som var det til hendes eget Huus, og efter de Sager at dømme, som du nu vil modtage tvivler jeg ikke om at du jo nok vil blive tilfreds. Smørret siger hun vil i Aar ikke blive saa vanskeligt at faae som ifjor, da ingen Udførsel til Hamborg iaar finder Sted. – Men ved at nævne Hamborg kommer jeg til at tænke paa Krigen, hvad siiger man nu dertil i Kjøbenhavn? er man endnu lige modige og forhaabningsfulde? mener man at Freden vil komme istand? er der ingen Splid imellem Partierne? meget saadant •2• paatrænger sig naturligviis her som Spørgsmaal, hvor man vel læser Aviserne; men intet klart Begreb kan gjøre sig om Tilstanden i Hovedstaden. Det er mageløst, hvor L paa sin Mission i Jylland har opført sig drengeagtigt og dumt, han er forhadt til det yderste ja ringeagtet. I Viborg maatte han i en stor Forsamling tilbagekalde sine Ord og beede om Forladelse, og i Aalborg slog, efter de ubesindige Yttringer der af [overstreget: ham |L|] vare fremkomne, en herværende •1• Proprietair og Stænderdeputeret i Bordet for ham, og kalte ham, blodt med lidet høfligere Ord, en Fusentast, og Vedkommende maatte stikke det i Lommen. Saadant, og meget Lignende, som her fortælles har man ikke seet i de kjøbenhavnske Blade. Men det forholder sig med dette, som med Tilstanden i Armeen Kjøbenhavnerne ere ikke alletiids de rigtigst underrettede. Dog det bliver for vidtløftigt nu at omtale Alt dette, saameget mere som vi idag, skal spiise til Middag hos Gine, og jeg ogsaa maae have lidt Tilsyn med dine Sagers Indpakning hvortil jeg i dette Øjeblik har faaet vedføiet en Kurv med 6 Hummere, gid de maae kome friske til dig og gid de maae smage dig godt. Lad endelig ikke Børnene komme tilskade med Klørene vis de endnu ere levende. Du maae betale Fragt og Told paa Alt hvad Ellingsen bringer dig fra mig. •4• Og nu kjæreste Rose Farvel. Edmund og lille Nancy staae udenfor Døren og beeder ynkeligt om at komme ind og bringe Moders Erinde, der bestaar i at underrette mig om at Kl er 3 og vi maae afsted til Ferdinant, hvorgjern var jeg endnu vedbleven at skrive, dog mere næste gang. Tak Athalia forud for det tiltænkte Brev, kys hende og de andre kjære Puds fra mig, hvad dig selv angaaer da skal du faae Renter naar jeg kommer hjem; thi Børnene kan dog ikke kysse dig rigtigt fra din hengivne Martinus.
+Jeg haber ved min Hjemkomst at finde vor Minste betydeligt større og endmere elskværdig; lad hende bare blive de andre liige og jeg er tilfreds. Hils Alle.</t>
+  </si>
+  <si>
+    <t>12. jul. 1830</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Ferdinand Christian Rørbye
+Christian Julius Smith
+Peter Vilhelm Sünckenberg
+Anna Margrethe Sophie Sünckenberg, f. Ulstrup
+Waldemar Nicolai Ulstrup</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/vxHc0wmt</t>
+  </si>
+  <si>
+    <t>Modtagne breve 1834-37</t>
+  </si>
+  <si>
+    <t>John Adams
+Laurits Stephan Borring
+Luigi Chiaveri
+Ajax Clemens
+C.W. Eckersberg
+Constantin Hansen
+Christian Frederik Holm
+Peter Julius Kall
+Jørgen Hansen Koch
+Carl Lautrup
+Wilhelm Marstrand
+John Rørbye
+Christian Frederik Schiøtt
+Charles Borre Selby
+John Travers
+Christian Friederich Trepka
+Henriette  Wulff</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/UVJHM8fT</t>
+  </si>
+  <si>
+    <t>13. jul. 1830</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/n/xkjJHjOq</t>
+  </si>
+  <si>
     <t> 8. jul. 1830</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dagbog</t>
   </si>
   <si>
     <t>Frederik Carl Bendixen
 Johan Victor Brünnes
 Andreas Emil Stockfleth Faye
 Gerhard Faye
 Wilhelm August Faye
 Karen Christiane Faye, f. Stockfleth
 Ancker Christian Hansen
 Jens Nyborg
 Ferdinand Christian Rørbye
 Peder Christensen Snørholt</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/n/gt3TlNHK</t>
   </si>
   <si>
     <t> 9. jul. 1830</t>
   </si>
   <si>
     <t>Christian IV
 Frederik Carl Bendixen
 Aron Jacob
 Jens Nyborg
 Ferdinand Christian Rørbye</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/n/9lU2ydQ5</t>
   </si>
   <si>
-    <t>12. jul. 1830</t>
-[...17 lines deleted...]
-  <si>
     <t>21.-23. juli 1830</t>
   </si>
   <si>
     <t>Niels Juul
 Johanne Georgine Landt
 Anne Hedvig Landt, f. Djurhuus
 Ferdinand Christian Rørbye</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/n/vTBEk3Nf</t>
   </si>
   <si>
     <t>25. nov. 1834</t>
   </si>
   <si>
-    <t>Brev</t>
-[...4 lines deleted...]
-  <si>
     <t>Frederikke Rørbye, f. Stockfleth</t>
   </si>
   <si>
     <t>Rom</t>
-  </si>
-[...1 lines deleted...]
-    <t>København</t>
   </si>
   <si>
     <t>Charlotte Frederikke
 Gregor XVI
 Paolo
 Henrik Carl Bang Bendz
 Laurits Stephan Borring
 Christian August Broberg
 Christian Mortensen Broberg
 Caroline Dreyer
 Harboe
 Anton Frederik Holck
 Christian Frederik Holm
 J.L. Jensen
 Signe Jensen, f. Visby
 Johanne Georgine Landt
 Carl Edvard Marius Levy
 Moldenhawer
 Adam Gottlob Moltke-Hvitfeldt
 Emma Eulalia Rørbye
 Ferdinand Christian Rørbye
 Ida Athalia  Rørbye
 John Rørbye
 Ludvig Rørbye
 Carlo  Santi
 Benedicte Louise Studsgaard, f. Ewald
 Vincenzo  Valentini
 Johan Wilhelm West
 Elisabeth Wiwild, f. Rye
 Henriette  Wulff
 Peter Wulff
 Hanne Henriette Wulff, f. Weinholdt</t>
   </si>
   <si>
     <t>Brev nr. 24 på Rørbyes liste over afsendte breve 1834-37. Brevet omhandler navnlig dagene 1.-18. november 1834.</t>
   </si>
   <si>
-    <t>Det kgl. Bibliotek, Acc. 1996/44</t>
-[...1 lines deleted...]
-  <si>
     <t>https://roerbye.ktdk.dk/d/6HYu</t>
   </si>
   <si>
     <t>Rom den 25de November 1834.
 Endeliig kjære Moder har jeg da modtaget de saa længe ventede Breve fra Paris, jeg saae, som jeg havde ventet, at det ene var fra dig, og omendskjøndt de nu rigtignok vare noget gamle, glædede de mig dog meget. Det andet Brev var, som du formodentliig veed fra Rose, endnu siden hendes Ophold i Jylland, og hvad det indeholdt, saare tilfredsstillende for mig, da hun ikke noksom kunne siige hvor tilfreds hun havde været ved at have gjort denne Reise, som du veed i Begyndelsen foraarsagede saa meget Hovedbryd; efter hendes Yttringer maae ogsaa Ferdinat og Gine have været meget vakkre imod hende og omendskjøndt det jo rigtignok ikke var andet, end hvad jeg med Bestemthed kunne viide forud, vil jeg dog beede dig gode Moder, naaer du næste Gang skriver derover, ogsaa at indflikke en lille Hilsen fra mig, siig dem kjære Moder, at den Godhed mod Rose, vil jeg selv engang takke dem for, og om ikke før, skal det dog bestemt blive, naaer jeg efter min Tilbagekomst besøger dem i Frederikshavn; og jeg tør jo ikke andet end haabe, at dette dog engang vil finde Sted. Til Rose vil du maaske siige, at hun ikke længere behøver at ængste sig over at hendes Brev skulle være falden i fremmede Hænder; jeg har modtaget det i god Behold omendskjøndt rigtignok saaledes bemalet med Addresser og Tal, at hun neppe vilde kjende det igjen naaer hun engang igjen faaer det at see. Dette er rigtignok ogsaa Tilfælde med dit kjære Moder; men der kommer endnu noget til, som under andre Omstændigheder ville have været endnu ubehageligere, der er nemlig ingen Tvivl om, at det har været aabnet; det var mig umulig at faae det lukket op, førend jeg havde klippet et Stykke af Konvolutten itu, saaledes var det tilliimet; først havde man sat et lille Stykke Papiir med en Oblat over den første, og dertil endnu sammenhæftet alle øvrige Aabninger med Gummivand; det lader just ikke til, at man har villet lægge Skjul derpaa, blodt at man har villet forhindre, at en saadan Visitering ikke oftere skulle finde Sted. Forresten kan du trøste dig kjære Moder, en Fremmed vil have svært ved at læse Dansk, og naaer du ikke vil blive vred gode Moder, maae jeg endnu lægge til, det vil blive en Fremmed umulig at læse det naaer du har skrevet det, var det end med de aller beste Penne som din Secretair kan skjære. – Det tredie Brev, jeg samme Dag modtog var fra Borring (det var den 17de November jeg blev saa riig paa Breve) han fortalte mig hvorledes heele Forstyrrelsen med disse Breve var gaaet til, som ogsaa, at Frøken Harboe nu havde gjort det lille Udlæg for mig i Paris; jeg maae altsaa see at erindre at tilbagebetale hende dette engang. Posthuuset i Paris vil bestemt endnu engang blive presset om Brevene, da Valentini til hvem jeg her har Kreditiv tidligere havde skreven om dem, og bestemt lovet at skaffe dem tilveie. – Indlagt i Borrings Brev fik jeg en lille Seddel fra Emma, og det er af den, at jeg kan see, at Alt er vel hjemme, og hvad der er mig kjærest, at du er rask kjære Moder; Emma skriver, at du da meget glædede dig til et Besøg af Præstefamilien med den lille Pige, som jo nu kan gaae og pludre lidt; du kan troe gode Moder jeg satte mig formelig ind i hvorleedes I vel i den Tiid havde det, og jeg kan ikke nægte, jeg ønskede at være med; det er vel umulig, at saadanne Yttringer ikke ere rigtige, da jeg dog nu er, hvor jeg tidligere saa ofte ønskede mig; men her mangler aldeles alle disse smaae huusliige Glæder, hvorpaa du veed jeg satte saa megen Priis, og vil jeg ikke tilbringe mine Aftentimer paa de offentliige Steder, der tildeels ikke behager, med de andre Landsmænd her, maae jeg kjønt sidde hjemme allene. Emma skriver endviidere, at det maaske var mulig at Emilie kom ned at besøge dig til Sommeren, dette bliver da ogsaa en morsom Tiid for dig Moder, liigesom det jo heller ikke kan være dig ukjært at faa Trepka’s i Byen hvorom jo ogsaa Talen er; men at Frue Wivild nu igjen forlader Byen synes mig snurrigt, jeg troer virkeliig ikke at Konen faaer Roe førend Frue Studsgaard dog et Sted igjen er saa heldig at finde en Mand, denne Omflakken forekommer mig høist mistænkelig; men Midlet er probat. Som E: skriver, skal jo ogsaa Holk’s flytte fra Byen, og Sophie Rantzau da i et andet Huus, hvad er Aarsagen hertil? Jeg har ikke hørt et Ord om dette før, •2• jeg kan ikke engang begribe hvorledes det lader sig gjøre, saa længe han er i det samme Kontoir; men maaske han har faaet et andet Embede? Sophie er vist ikke utilfreds dermed, naaer hun først har et bedre Sted. – Som du seer kjære Moder, har Emma med sine Nyheder bragt mine Ideer om Tilstanden hjemme ganske i Konfusion, og fremkaldt en heel Deel Spørgsmaal, som du maae besvare mig, naaer du igjen, som jeg haaber, snart er saa god at skrive mig til. Af dit Brev har jeg ogsaa seet adskilligt, som jeg endnu ikke vidste; men som formodentliig nu næsten er forældet hjemme, saaledes at John dog engang blev nødt til at trække i den røde Kjole, og er bleven Regimentskirurg, du maae gratulere ham ret meget, jeg vilde ønske at jeg kunne see ham i hans Pynt, han har den dog i det minste paa hver Søndag Morgen til Kaffe? vil du sige ham, at jeg siiden ikke har hørt et Ord fra Justitsraad Holm; men at jeg stoler paa at han har tænkt paa mig. – Man har jo nu ogsaa Lov til at gratulere vores lille Caroline, hun var saa god, at sende mig en Hilsen det er derfor ikke mere end Pligt, at sende hende een igjen; men jeg ville have ønsket at der havde været noget bedre hvortil jeg kunne gratulere, dog maaske har han siden forandret sig, og er flinkere end han seer ud til. Da jeg først saa silde har faaet dit Brev er det jo nu næsten overflødigt at svare paa dit Spørgsmaal, om hvad jeg ønskede du skulle forrærre Rose fra mig til hendes Geburtsdag, du behøvede ikke at spørge mig derom kjære Moder, du veed, at jeg under alle Omstændigheder har overladt dette ganske til dig, og jeg er fornøiet hvorledes du end gjør det; du veed ogsaa bedre hjemme hvad der kunde være hende kjært, det var godt naar det var noget hun kunde have Nytte af – bliv ikke vred paa mig kjære Moder, at jeg denne Gang har lagt Rose’s Brev inden i dit, det vil desværre koste en Deel mere; men jeg syntes det ville være mere kjærkomment for hende, vis du var saa god, at gjemme det til hendes Geburtsdag, der jo dog nu er snart du kunne da best glæde baade hende, og mig dermed; tal derfor ni intet derom, fortæl hende af dit Brev hvad du ellers vil, og siig hende, at jeg er rask, og mangler intet uden alle de kjære Venner i K: – hun har desuden til Juul en lille Hilsen fra mig i Vente, jeg tænker derfor nok hun kan give Tiid de Par Dage. – Men nu kunne det maaske ogsaa more dig at høre lidt herfra, om hvorledes min Tiid gaaer hen, hvad jeg har seet siden osv. At jeg strøifer dygtig omkring her i Byen, behøver jeg ikke at fortælle, da det er noget der følger af sig selv, dog om enkelte af disse smaae Tuure vil jeg fortælle lidt, naar de ikke ligner de sædvanliige: saaledes har jeg nogle Søn og Festdage været ude i Villa Borgese, der ligger strax uden for Porta del Popolo, det er omtrent som vores Frederiksberg; men besøgt saavel af Fornemme som Simple, der er Musik i den prægtige Hauge paa 2 Steder og paa det ene Sted, som er ved et Tempel der ligger i en lille Søe er der saagar foruden Musikken et stort Chor af Sangere, der giver Stykker af Operaerne meget smukt, og Folk staae da eller spadsere rundt om det lille Vand og høre til; der hersker den største Orden. I de store Gange i Haugen kjøre en Mængde brillante Equipager i Rader frem og tilbage, for at Ejerne paa denne Maade kan lade dem see, og seer da ved samme Leilighed deres Venner; denne Slags kjørende Spadseeren er overalt Brug her i Syden. Korsoen i Rom er ellers Stedet, naaer Aarstiden ikke mere kalder Folk ud i Villa Borgese, ikke engang i Paris har jeg seet saa mange smukke Kjøretøie, som her, der dog for det meste tilhøre Udlændinge, dog have ogsaa enkelte her smukke, saaledes alle Cardinalerne; men Heste har man ingen Sands for, ja saagar Pavens yderst brillante Stadskaret, der bugner af Fløiel og Guld trækkes af Heste, der bedre passede for en Bryggervogn, Seeletøiet, der ogsaa er uhyre kostbart, bedækker dem rigtig nok saa meget som, at der ikke lades stort af Dyret at see. Pavens Hestgarde, der alle ere en Slags Adelsmænd følge sædvanlig med, naaer han kjører til en eller anden Kirke i et høitideligt Anliggende, og ere de ogsaa paa beste Maade udstaferede; men ikke engang dette Chor[?] have ordentliige Heste omendskjøndt de forresten alle see ud som Officerer. Pavens Huusvagt, de saakaldte Schweitsere er noget af det mærkeligste i sit Slags, de ere klædte, som fra det 12te Aarhundrede bære Hellebarder og ere brogede som en Harlequin, men see dog godt ud, og lige saa broget og gammeldags ere Kuske, Tjenere og Staldkarle klædte naar hans Hellighed i Stads lader sig see, jeg ville ønske du kunne see saadan et Tog, det ville bestemt more dig; bag paa alle Vognene staae mange Tjenere, ja saagar paa et Bræt bagved Kusken, og ovenpaa en Cardinals Vogn mangler aldrig en stor •3• Paraplui med Quaster, det seer snur[rigt] ud ved det gode Veir, og endmere naaer man ved, at Fyren aldrig kommer til at benytte sig deraf. – Jeg har naturligviis været i den store St Peter Kirke; men at gjøre en Beskrivelse deraf er umulig, jeg tænker der kunne staae et Par Hundrede Hellested Kirker inden i den og man maatte endda magelig kunne spadsere omkring; tænk dig, allene Kuppelen paa denne mærkelige Bygning er større end en |heel| anden, ikke liden Kirke her, som heeder Panteon, og er et Tempel med Kuppel fra ældre Tiider; jeg har ogsaa været øverst oppe i Kuglen oven over Kuppelen, den seer nede fra Pladsen omtrent ud som en Valdnød, og vi vare dog 6 Mennesker derinde paa engang, og der var enda Plads til flere, i selve Kirken troer jeg at alle Roms Indvaanere slet intet forslod, der er ingen, der kan erindre at have seet den endog til den 10de Deel fuld om end alt hvad der kunne krybe og gaae var der; og dog troer man ikke naar man første Gang trinner ind at den virkelig er saa stoer, man skuffes paa det besynderligste af Størrelserne. Jeg hørte forleden Dag Paven holde en høitideliig Messe i det Sixtinske Kapel, Musikken var derved meget smuk, det vil siige det var alt Vokalmusik; men godt udført, næsten som i en Opera; de religiøse Ceremonier [d]erimod, som ellers her snurrige, da han lyste Velsignelsen knælede alt hvad der var catolsk ned, saagar de bevæbnede Schweitsere maae da kjøndt lægge dem ned, men alle Protestanterne bleve staaende, de bøiede dem blodt lidt med Hovedet, som man almindelig bruger her for at de saakalte Christne ikke alt for meget skal forarges. Den Dag var der næsten ingen andre end Fremmede der, da som en sær Naade blodt de tilstedes Adgang, maaskee troer man ved saadant at virke paa de fortabte Lam, jeg troer ikke det stort nytter, jeg troer man skal have seet Livet her, og man bliver ikke let katolsk. – Her var nylig den saakalte Festa dei morti, da der læses Messe over alle Døde, og i alle Kirker er der opstillet en stor Liigkiste med et galant Tæppe over og omgiven med Lys, og hvor der er særdeeles Cappeller til Begravelser, staae de i den Tiid aabne; det morede mig at gaae omkring og see dette, saaledes var jeg Kappudsinernes Begravelseskapel, hvor man seer Beenene brugte til Decorationer, som Rosetter og Guirlander, Lamper, Lysekroner og andet saadant Galimatias paa Vægene og i Lofterne, der er dannet Grotter og Buer af Hænder og Knokkler, og hist og her disse, og langs Vægene seer man en heel Beenrad, staaende eller liggende i Cappudsinerdragt; saa saa længe Festdagene varer have de Lys i Hænderne, og Messen læsses i Hvælvingerne om Aftenen, det var snurrig at see dette, alle Cappudsinerne ligge da der paa Knæ, og udmumle deres Bønner ved Siiden af deres hedengangne Brødre; man kan tydeligt see, det gjør ikke det ringeste Indtryk paa dem, ja naar man taler med dem om denne Stads, synes de enstemmig, at det ordentliig er smukt, mig forekommer det høist uværdigt saaledes at bruge de Dødes Been; jeg er forresten bleven ganske gode Venner med dem, da der var noget jeg ville tegne i deres Kloster, har jeg snakket lidt godt for dem, og af og til ogsaa givet dem nogle Penge, og kan nu gaae der naar jeg vil, da det ellers ikke saaledes at [dvs. er] tilladt. Jeg var ogsaa forgangne Dag med den gl: Paolo her i Huuset i et Kloster der hedder St. Bonnaventura, og besøgte hans Venner der, og de trakterede os med ypperlig Viin og lavede meget god Kaffe til os, du kan troe jeg tog mig godt ud i dette complette Munkeselskab; der er Folk af alle Slags iblandt dem; men Pluraliteten lader til at være godmodige; men stærkt uvidende om alt uden for deres Land, jeg troer nok man kunne indbilde dem, at Maanen var gjort af en grøn Ost i Danmark. Der har i denne Tiid været et Kunstberider Selskab, som Folk er løben meget efter her, imedens Veiret endnu tillod det, gave de deres Forestillinger under aaben Himmel paa Monte Pincio, og der var da, foruden alle de sædvanlige Kunststykker paa Hestene ogsaa et Slags Væddeløb, der dog stod meget tilbage siden at jeg har seet de bedre hjemme, hvad herved imidlertid var ret morsomt var at nogle af de beste Ryttere vare Fruentimer, ogsaa var der et Slags Væddekjørsel, dette behagede mig mere, da det blev givet i gamel-romersk Kostume og i saadanne tohjulede Vogne som de Gamle brugte. Siden har dette Selskab fortsat deres Forestillinger i et stort Theater her; først blev der reden, paa det Sted i Theatret hvor Parquet og Parterre er hos os hjemme, og naar disse Kunster var forbie, fulgte en Slags Røver-Pantomime omtrent af Indfald som Fra Diavolo, og Selskabets Heste spillede da en væsentlig Rolle; dette foregik paa det virkelige Theater, som du kan tænke dig da maae være temeligt stort, da man saae dem ride op og ned ad Fiælde og over en Bro, som mod Slutningen blev hugget ned, og da sprang Hestene fra den ene Side til den anden, saa det mangegange næsten forekom utrolig, at der var Plads til saadant der. Det morsomste ved heele Stadsen var imidlertid tilsidst den Aften, jeg saae dette: Stykket ender nemlig med en almindelig Kamp imellem Soldaterne og Banditterne; en Hund som fra Begyndelsen af havde viist sig, som ivrig Forfølger af Røverne, var naturligviis ogsaa med i Hoved-Bataillen; men formodentliig af Uagtsomhed var der ogsaa sluppen en anden Hund ind paa Seenen, som maaske har tilhørt, eller ogsaa havt særdeeles Interesse for en af de spillende Røvere; thi da den saae den anden Hund angribe disse, styrtede den sig pludselig midt ind imellem de stridende, angreb hans Liige, og Kampen mellem disse blev da saa alvorlig, at det blev umuligt at faae dem adskildte, og da Tæppet faldt, fortsatte de, til Alles Glæde endnu deres Kamp uden for Tæppet. •2•
 Siden mit sidste Brev har jeg været et Par Gange en Tirsdag Aften henne i Prindsessen’s Konversationer, der har været ganske god Musik, saavel paa forskiellige Instrumenter, som Sang, og hun viiser sig ved disse Selskaber ret net, der er smukt oplyst, et net Selskab, og man bliver opvartet med Kager af forskjellige Slags, Iiise og italienske Limonader og saadant mere. Forresten begynder man at tvivle om hun længere er i Stand til at vedligeholde den gode Mening man har havt om hende, da man stærkt taler om hendes Godhed for sin Tegnelærer (hun maler nemlig nu) han har før troer jeg været Sanger, men kalder sig nu Maler, er der i Huuset til alle Tiider, og er en ret smuk Karl der seer ud som en Korporal. – Leutenant Wulff og Søster, saavel som Jensen’s er nu kommen hertil fra Neapel, jeg besøger især de •1• førstnævnte ofte i Mørkningen, og faar mig da en lille dansk Passiar, de har talt om en lille Paque, som jeg skulle have med et af Brobergs Skibe som bringer Sønen til Messina, og jeg kan slet ikke begribe hvad og hvorfra denne kommer, der er ikke talt derom i noget Brev. Mortens Aften selebrerede jeg her, ved at gaae om Aftenen hen til Lepri, og der nyde meget bedre end almindelig; men det var hverken Rissengrød eller Gaasesteg; Bentz og Levi gjorde Kompani med, og vi sludrede saaledes Aftenen ret godt hen; de ere nu reiste til Neapel, jeg kunne godt liide disse to Mennesker, der ellers holdt dem meget for dem selv, og kom siældent blandt de Andre. – Men hvorledes gaaer det kjære Moder har du faaet dine Værelser bortleiede? sig mig det, og vær saa god næste Gang ogsaa at skrive Konvolutten fuld naar du vil bruge en saadan, der ellers om jeg maae siige dig det koster liige saa meget som et dobbelt Brev, der dog er bedre. – Og nu Farvel kjære gode Moder lad mig snart høre fra dig, hils alle de kjære Sødskende, og Venner, glem ingen, og modtag herved mine inderlige Ønsker for det tilkommende Aar og den nære Juul, gratuleer Emma, og tænk stundom med Godhed paa din altiid hengivne Søn
 Martinus.
 (jeg har desværre intet synderlig faaet bestilt endnu) •4•
 Idet jeg er ifærd med at sammenlægge disse Breve faaer jeg den i dette Brev omtalte lille Paque, som var gaaet med Broberg fra Kjøbenhavn, og af ham leveret til Moldenhauer i Neapel for at han ved Frøken Wulff kunne lade den besørge til mig. Jeg seer af den lille Seddel der fulgte den, at det er Fru Wulff, der i sit Brev til Datteren, har benyttet sig af John’s Navn, for des bedre at kunne narre hendes Børn; hun havde nemlig bedet Datteren at lever[e] mig den lille Paque, som John havde været hjemme hos hende med. Den indeholdt en Frugtkniv, som hun bad mig om til Juulen at bringe hendes Søn, naar jeg gav hendes Datter de smaae Ting hun i Byen leverede mig. Skulle der være Leilighed dertil, da lad hende viide, at omendskjøndt, jeg fik Paquen i hendes Børns Værelse, og ikke ahnede fra hvem den kom, saa har de aldeles ingen Ahnelse om at det var til dem, og hun kan være rolig for at Alt ordentliig skal blive besørget. – Lad mig nu ret snart høre noget fra dig kjære Moder og siig det samme til Rose hvis hun ikke allerede har sk[reven] og naaer du skriver til Norge, Hellested eller Jylland, da hils dem Alle, glem heller ikke Ludvig.
 Jeg tænker, at Eders Juulekage og Kaffe vil smage godt hjemme, jeg troer næsten ogsaa jeg maae see at udspeculere Noget, der her kan trinne i Steden for de morsomme Timer vi saa ofte havde hjemme ved saadanne høitidelige Leiligheder. Da jeg om Morgenen laver min Kaffe selv, er der jo ikke at tænke paa meget Comerce, Frokosten kan maaske da f Ex. paa Emma’s og Rose’s Geburtsdag blive noget mere udvalgt; forresten tænker jeg at jeg vil tilbringe de leedige Tiimer i Helligdagene hos Wulffs eller Jensens, jeg har ogsaa siden været hos Grev Moltke’s, der er en vakker Famile, men dette er dog alltid endnu mere fremede Mennsker for mig, hvor man endnu ikke saa ganske kan overlade sig til sit Lune, og derfor heller ikke more sig ret. Du maae tage til takke med min velmeente Nytaars Gratulation, der rigtig nok bliver lidt gammel inden den kommer til dig kjære gode Moder.</t>
+  </si>
+  <si>
+    <t>27. jul. 1848</t>
+  </si>
+  <si>
+    <t>Skagen</t>
+  </si>
+  <si>
+    <t>Elna Kall
+Emily Kall
+Harriet Kall
+Peter Julius Kall
+William Kall
+Johanne Georgine Landt
+Nancy Gerhardine Rørbye</t>
+  </si>
+  <si>
+    <t>https://roerbye.ktdk.dk/d/gVQ0</t>
+  </si>
+  <si>
+    <t>Skagen den 27de Juli 1848.
+I Dag kom Posten her til Stedet; men der var intet Brev til mig kjære Rose, jeg maatte tye til dit siste og lære det endnu engang, for at jeg idet Mindste kunne indbilde mig, at jeg havde faaet Et nu. Dog, jeg kan vel tænke du har fult op at gjøre med være smaae Pudslinger, og at Tiiden ikke alletiider er til din Raadighed, og at de maae passes først, finder jeg ganske i sin Orden, naar du saa blot vil erindre mig naar Leilighed gives. – At jeg længes efter paa nye at høre hvorledes du og Børnene leve vil du finde ganske naturligt, da jeg alt har været borte i næste 3 Uger og blot modtaget et Brev; dette var vel for saavidt tilfredsstillende, da jeg hørte at Alt stod vel hjemme; men da du deri underrettede mig om, at Frue Lautrup nu, efter dit Ønske, var tagen bort, skulle det være mig meget kjært at erfare, at du nu ogsaa selv var istand til at varetage disse Sager, og dertil beholde et godt Houmeur. Det er derpaa at det især kommer an kjæreste Rose, uden det bliver Livet ofte besværligt, hvor det ellers er fult af Nydelser og Glæder. I disse Dage maae jeg ofte gjentage dette for mig selv; thi det vedvarende slette Veir gjør mig ofte ganske fortvivlet, jeg havde haabet et ret stort Udbytte af min Reise, og har til Dato næsten Intet, bliver det saaledes ved, kunne jeg have sparet mig for at være skilt fra dig og de velsignede Børn, og de Udgifter som en Reise medfører, kunne have været anvente paa en behageligere og nyttigere Maade. Men, der er vel ogsaa en Styrelse •2• i dette og endnu er der levnet mig nogen Tiid, vil Veiret da tillade det kan der endnu komme Noget i Mappen. – Mit forrige Brev modtog du fra Frederikshavn, hvor jeg tilbragte 4 Dage i øsende Regn hos Nancy, hvor jeg alligevel ikke havde ventet at kunne arbeide synderligt; jeg befant mig altsaa meget vel i hendes gjæstfrie Huus, og naar Regnen tillod det, gjorde vi en og anden Visite til Byens Honoratiores, der under mit forrige Ophold her havde vist mig Høflighed. Vi vare saaledes ogsaa hos Doctor Wilumssen hvis nydelige Kone nu var dobbelt smuk ved hendes Svangerskab; hvis dine brune Pletter i Ansigtet og paa Halsen endnu ikke ere ganske borte, da kan jeg trøste dig med at de snart forsvinde; thi Frue W. saae nu fuldkommen ligedan ud, og da jeg paa anden Haand erkyndigede mig derom, erfarede jeg at hun alletiider under lignende Omstændigheder havde været saaledes; men, at det seenere aldeeles forsvant, og er det altsaa saaleedes Tilfælde med den ene smukke Kone, maae det jo rimmeligviis ogsaa være det med en Anden. Under mit Ophold der i Byen har du og vore Børn ofte været Gjenstand for min Samtale med Byens Familier, du har der et stort Rye ved Gines og Nancys Relationer til dem, der ikke vare der, da du gjæstede Frederikshavn; nu var der en bestandig Spørgen af Damerne hvormange Børn du havde, hvorledes de saae ud, etc: etc: dette gav endog i Kalls Huus Anledning til en snurrig Yttring af Nancys lille William, der ligesom Terese ikke kunne faae i sit Hoved hvor Drengene vare; han kom meget troskyldig hen til mig og sagde ”Onkel Matinus lad mig see du faaer nogen Drenne”. Det var naturligviis til stor Glæde for de Tilstedeværende. Man er i Frederikshavn •3• just ikke synderlig tilbageholden Yttringer i denne Retning, og til et vist Punkt kan jeg ogsaa ret godt tale med; men hvores gode Svigerinde overskrider ikke siældent dette, og da bliver jeg paa engang stum; saa meget Snerperie er mig imod, ligesaa meget finder jeg et uanstændigt Sprog uden Viid fordømmeligt og især hos en Dage. Med Nancy er dette langt fra Tilfælde, har hun nogen fremragende Feil, da er det hendes umaadelige Snakken. – Nancys siste lille Pige er et fuldkommen Siidestykke til Terese som Barn, hun er virkelig næsten til at lee af saa tyk og rubust er hun; paa de andre Børn saae jeg ingen synderlig Forandring; N talte meget om en lille Tour til Kjøbenhavn og hun ønskede da at medtage Hariette og Elna hvis lespende Stemme volder Nancy nogen Bekymring, og betvivler imidlertiid, at der fra den lægevidenskabelige Siide lader sig gjøre noget derfor. – Dog kjære Rose nu lidt om min fremtidige Reise: I overmorgen forlader jeg Skagen, hvis det for Regn er gjørligt, min Agt er at reise langs ned af Stranden til Uggebye Bro og derfra gjennem Landet til Hjørring; der venter jeg muligt hos Blesbergs at finde Brev fra dig, da jeg har paalagt Nancy at sende dine Breve did; da jeg fra Hjørring agter mig ned til Kysten i Vest og navnlig til Lønstrup, Løkken og Blokhuusene kan Blesberg bedre besørge mine Breve til det Sted, hvor jeg vil underrette ham om at jeg opholder mig. Jeg haaber saaledes, at ingen af dine Breve skal forfeile mig; du kan ogsaa nu om du ønsker addressere dit Brev directe til B i Hjørring, og det bliver da det siste jeg paa denne Tuur modtager fra dig; jeg agter nemlig at indrette det saaledes, at jeg kan være hos dig Fredagen den 11te August. Det er med Iris jeg da vil komme og jeg haaber da |at| finde dig kjæreste Rose og alle Børnene muntre og tilfredse. Jeg længes meget efter at see hvormeget den lille har forandret sig til det bedre, jeg mener naturligviis til det større; thi smukkere kunne hun vel neppe blive, ikke sandt? Du maae endelig tale lidt til Elna mig, at jeg ikke skal have den Sorg at hun har glemt mig, med Athalia og Therese har det vel ingen Nød. Lad Athalia skrive det Brev •2• til mig, du sist talte om, du maae siige hende, at jeg længes meget derefter. Besynderlig er den Kjærlighed man har til sine Børn, den største Ubetydelighed, naar den blot angaaer dem har Interesse, og dette i en endnu langt høiere Grad, naar man er fjernet fra dem; men Noget lignende gjælder jo ogsaa om dig, men du kan vist neppe taale at jeg siiger dig det, og jeg vil altsaa tie, for at jeg ikke skal finde dig ganske •1• fordærvet og kjæphøi, naar jeg kommer hjem; jeg vil helst see en kjærlig og god Kone, der viiser en skrømtet Tilfredshed, kort sagt kjæreste Rose, jeg vil have Gjengjæld. Og nu for i Aften Farvel, Klokken er igjen bleven mange, det er over Midnat; men her er ingen Vægter der bebuder dette, uden for brummer Havet og Stormen hviner i Klitten, jeg har det godt herinde, jeg har tænkt paa dig og de kjære Smaae, naar de vaagner, tænker jeg vil du faae disse Linnier, og da see at jeg bestandig er din hengivne Ven Martinus.</t>
   </si>
   <si>
     <t>16. feb. 1835</t>
   </si>
   <si>
     <t>Charlotte Frederikke
 Frederik VI
 Ajax Clemens
 Bernt Anker Collett
 Emilie Collett, f. Rørbye
 C.W. Eckersberg
 Gerhard Faye
 Othar Christian Faye
 Frederik Ferdinand Friis
 J.L. Jensen
 Signe Jensen, f. Visby
 Frederik Marcus Knuth
 Johanne Georgine Landt
 Christian Nicolai Lautrup
 Pauline Lautrup, f. Schiøtt
 Troels Lund
 Ernst Meyer
 Fritz Paulsen
 Ferdinand Christian Rørbye
 Ida Athalia  Rørbye
 John Rørbye
 Ludvig Rørbye
 Anton Wilhelm Scheel
 Christian Frederik Schiøtt
 Charlotte Johanne Schiøtt, f. Schack
 Alessandro Torlonia
 Horace Vernet
 Otto Henrik Wallgren
 Johan Wilhelm West
 Henriette  Wulff
 Peter Wulff</t>
   </si>
   <si>
     <t>Brev nr. 28 på Rørbyes liste over afsendte breve 1834-37.</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/d/V5ws</t>
   </si>
   <si>
     <t>Rom den 16de Februar 1835.
 Du synes maaske at det er længe siden du sist saae Brev fra mig kjære Moder? og du har Ret deri; jeg har længe følt det, men altiid opsat at skrive, da jeg bestandig ventede et Brev fra dig, og haabede da, at faae et og andet at viide, som det ville have været morsomt at svare paa. Tiiden er saaledes imidlertiid løben hen, og da der endnu intet er arriveret, kunne jeg ikke opsætte det længere, da det jo kunne være muliigt, at Brevet kunne være tabt, og jeg saaledes maatte vente forgjæves; dette er dog rigtig nok ikke hændtes mig før, men jeg tør isaahenseende vel ikke vente at være heldigere end Alle Andre, der leve saa langt borte fra deres Hjem, og hvoraf der vist ikke gives Mange, uden de jo have lidt Tab af dette Slags. – Jeg vedbliver at haabe at du bestandig befinder dig vel gode Moder, idet minste har Rose i sit siste Brev sagt mig det, og det har ikke glædet mig mindre, end at høre, at ogsaa Alle de kjære Sødskende vare raske, og muntre, og havde tilbragt Juulen, saa morsomt, som man tilbringe den i Kjøbenhavn, hvor jo rigtignok Fornøielserne ude af Huuset ikke ere saa mange; dog, da jeg veed, at det ikke just er denne Slags Glæder du sætter størst Priis paa, men meget mere det, at see glade Mennesker omkring dig, da veed jeg, at dette har været Tilfælde, og beklager blodt, at jeg ikke har været med. Jeg kan just ikke siige, at jeg her har havt det slemt; men, om man end har det nok saa godt, man har aldriig, som hjemme hos sin kjære Moder, som aldriig veed hvor godt hun vil gjøre det for sine Børn, og der er vist ingen af os, der isaahenseende ere utaknemmelige, omendskjøndt jeg maae tilstaa, at min Utilfredshed naar jeg var syg, maaske un[d]ertiiden kan have givet dig Aarsag til at være mindre fonøiet med mig; dog kjære Moder, da du jo veed Grunden tænker jeg du har holdt mig det tilgode, jeg tænker, at det i Fremtiden vil blive anderleedes, da jeg har det beste Haab om, at idet mindste Sygdom, ikke skal foraarsage saadant; jeg er næsten fulkommen rask, og kan godt taale Alt, uden at det generer mig; af og til kommer der jo rigtignok Dage, som ere mindre gode; men dette tilregner jeg før en lille Forkjølelse, eller Klimaet her om Vinteren, hvorpaa man ikke saaledes er indrettede, som hjemme, og som jeg seer, var det slet ikke saa urigtigt om man tænkte lidt mere derpaa, da her virkeliig ofte er liige saa raat, om just ikke saa koldt. Omendskjøndt her dog vare fleere Nætter, da der var Iiis ved alle Spingvandene, der tøede op om Dagen i Solen, saa ere dog Bjergene i Horisonten endnu bestandig, som man kan see belagte med Snee; her har det ikke sneet; men, naaer her styrter Vande ned, og dertil blæser en skarp Vind fra Bjergene, da kan du troe, her ogsaa kan være ubehageligt, og dog forsones man snart dermed, naaer man den følgende Dag har et Veier, saa mildt, at jeg ofte har benyttet det til at sidde ude i Campagnen, og male efter Naturen, og uden at fryse det mindste, ja disse Tuure har endogsaa været en sand Vederquægelse, da Alt en saadan Dag bær Foraarets Præg hos os, og en Ting har jeg blodt derved manglet, det er den Mængde af smaae Fugle, der allevegne hjemme lader dem høre; her er alt mere tavst, det synes mange Steder, som om Alt levende var uddødt, jeg veed ikke om dette foraarsages ved den Mængde Jægere, eller om her virkelig ere færre Fugle end hjemme. – Men jeg maae nok tage mig iagt for at tale for meget om Fugle og andet saadant, der ikke kan interesere dig; da jeg ellers snart kunne faae mit Brev fuldt uden at der blev levnet mig Plads til at takke dig for den smukke Present du var saa god at besørge til Rose, der lader til at have været ganske efter hendes Smag, hun siger hun var næsten undseelig for at modtage den, da hun fandt den alt for smuk, og jeg kan derfor ikke andet end troe, at da du har udtaget det, har det ogsaa virkelig været smagfuldt; hun fortæller mig endviidere om hvad hun ellers havde faaet, og jeg seer da atter, at du havde været god imod hende; hendes lille Syskriin er, siiger hun, nu et reent Ideal, og det har hun da dig især at takke for kjære Moder. Du behandler hende virkelig, som en af dine Børn, og hvem der er glad derfor, det kan du troe er mig; men du ødsler heller ikke din Kjærlighed paa hende, du kan troe, hun veed at skjønne derpaa, og du ville best overbeviise dig derom, naar du havde seet et af hendes Breve; jeg faaer hende virkelig bestandig kjærere, og det vil siige meget gode Moder, da jeg allerede strax holdt usiigelig meget af hende; men den Godhed, og den smukke Tænkemaade hun i hendes Breve lægger for Dagen, er virkeliig noget saa sjældent, at jeg neppe troede det muliigt. Dog kjære Moder lad ingen see, hvad jeg her skriver om hende, de ville maaske ikke forstaae det paa den Maade som du, ja maaske saagar lee deraf, og jeg holder ikke af, at mine Følelser skal gjøres latterlige; i alt andet maae man gjerne lee af mig saa meget man skjøtter om. Jeg har i mit siste Brev til hende fortalt et og andet, der maaske kunne have intereseret dig; men det falder mig nu ind, at da hun muligen nu kunne være paa Landet, ville du maaske ikke erfare Alt saa omstændelig som ellers, og jeg maae derfor gjentage lidt. – Hvad min Sommer her angaaer, da har jeg ikke meget at siige, jeg har aldriig levet saa ensformig: om Morgenen min Kaffe hjemme, om Eftermiddagen Kl 5 hen at spiise, og kun med faae Afvexlinger, og om Aftenen enten hjemme, naar jeg for Exempel skriver Breve, eller har andet at bestille, ellers sidder jeg •2• gjerne henne hos Wulff’s, Jensen’s eller hos en svensk Maler Walgreen’s, som jeg her ved Jensen’s har gjort Bekjentskab med, og hvor jeg godt kan liide baade Manden og Konen; jeg tilbringer da Aftenerne hos en af disse tre smaae Familier, og naaer man har passiaret lidt gaaer jeg hjem for næste Dag at begynde forfra. Af og til gaaer jeg ogsaa hen i Prindsesens Conversationer men disse ere just ikke meget morsomme, og da jeg ikke har Kreditiv paa Torlonia kommer jeg ikke der, og skjøtter endnu heller ikke stort om hverken at blive presenteret paa dette eller andre saadanne Steder, da man den anden Dag efter saadanne Aftenselskaber tildeels er ilde oplagt til at arbeide, og dertil ere disse Selskaber forbundne med flere Udgifter end jeg for Tiiden skjøtter om, saasom Vognen derhen der her koster en Scudo, Tjenerne der den følgende Dag kommer for at hente deres Drikkepenge, for ikke at tale om Handsker og Aalt hvad Paaklædningen angaaer. Mod Slutningen af mit Ophold her i Italien vil jeg tage Alt Saadant med og hellere nu spare mine Penge og min Tiid. – Af Jensen’s der formodentliig kommer hjem i Begyndelsen af Sommeren kan du best erfare Alt Saadant, og endnu bedre naaer Wulffs kommer seenere med Fregatten, der som jeg hører skal have dem med, da hendes Been endnu bestandig er saa slet, at hun maae bruge Krykker, hun kjører imidlertiid nu lidt ud; jeg var idag med paa en saadan lille Tuur, da hun for første Gang kom ind i Peters Kirken, du kan da troe hun gjorde store Øjne. Broderen er et siældent rart Menneske, rigtignok ingen Selskabsmand, da han allerhelst bestandig er hjemme; men han er just af den Slags, jeg godt kan liide, vi gjør derfor mange smaae Vandringer sammen ud i Campagnen, og jeg synes vi morer os gjensidig; naaer han kommer hjem, kommer han op til dig, og da kan du udspørge ham, saa meget du vil. Af ham kan du da ogsaa faae at viide, hvad jeg har malet her indtil den Tiid han kommer til at reise, og hvorledes det seer ud; men da jeg vel kan viide, at det ogsaa nu kunne interesere dig at høre lidt derom, da vil jeg gjentage lidt af det, jeg skrev til Rose; at jeg nemlig nu havde et lille Maleri færdig, forestiller 2 Hyrdedrenge ved en lille Ild, en Vinter Morgen i Campagnen imellem Rom og Albano; jeg har ogsaa foruden dette malet nogle smaae Studier efter Naturen, og et lille Malerie til Jensen; det er en Munk, der sysler med Blomster i en aaben Hal i et Kloster, en anden gammel Munk kommer med sin fulde Kurv tilbage fra en Vandring; dog dette lader sig jo ikke beskrive, du faaer det at see, naaer han kommer hjem; jeg malede det til Bytte for et Malerie af ham, som der morer mig at have; jeg sender det rimmeligviis hjem med den gode Leilighed med Fregatten, men derom skal jeg nærmere skriive. – Jeg reiser efter all Sandsynlighed til Neapel længere hen af Sommeren, da man dog ikke saa godt er her om Sommeren for den slette Luft’s Skyld, og jeg alligevel havde taget ud i Bjergene her i Nærheden, for at gjøre Studier, saa troer jeg, at man vil finde endnu mere i Neapel, idet minste vil det vist tiltale mig meget, da man jo der har Søen, og det heele Fiskerliv, hvoraf du veed jeg er en stor Ynder; det skal dertil aldeeles ikke være dyrere at leve der, end i Rom, og see Neapel maae jeg dog engang, og jeg kunne da ogsaa have stor Lyst til at besøge Sicilien; men Gud veed hvorledes det vil lade sig gjøre, da Tuuren dertil nok er forbunden med flere Udgifter. Bliver det imidlertiid Tilfælde at jeg kommer til Neapel, da er det vel mulig, at vore Breve kommer til at gaae lidt uregelmæssig, da jeg har hørt, at man just ikke der skal være saa ordentliig; ved at addressere til den danske charge d’affaire der, bliver man imidlertiid noget sikkret; dog mere om det, naaer det er bestemt, muligen at jeg da reiser herfra med Wulff’s, og vil da spare Kørepenge, da de den heele Sommer har opholdt sig der, og i Omegnen, og paa Øerne; Neapolitanerne skal endnu være mere grisk paa de Fremmedes Penge end Rommerne, og de øvrige Italienere. En Deel af de reisende Danske her, hvoriblandt Knuth, reiser allerede strax efter Karnevalet sydefter; men den Maade hvorpaa de reise, er alt for hurtig, og overfladig til at jeg kunne have Nytte af at gjøre Selskab med dem, som de gjerne ønskede, de ville være her igjen til Paasken, og i den Tiid ikke allene see Neapel og Omegn; men ogsaa Sicilien, saa du kan vel tænke, at de da blodt kan fare fra et Sted til det andet, og jeg ville naturligviis gjerne tegne lidt. Assesor Schieel, som ogsaa er her reiser snart tilbage til Kjøbenhavn, jeg sender ingen Brev med ham, han er en underlig Gris, som gjør sig Betænkeligheder ved Alt, jeg vil derfor ikke anmode ham derom, saa meget mere da jeg har bedre Leilighed med Jensen’s og Wulff’s. – Vis Rose har skreven ind fra Landet efter at hun har modtaget mit siste Brev, vil hun ogsaa have fortalt om de to Selskaber, som jeg her har været i; det ene nemlig hos Oberst Pauelsen i Andledning af Kongens Geburtsdag, og det andet i et Afskedsgilde, som blev given for Wernet, og hvor jeg isærdeleshed morede mig godt, jeg var derfor ogsaa bleven saa munter, at da jeg efter Selskabet om Aftenen fulgte hjem med Jensen paastode hans Kone og Frøken Wulff, at jeg bestemt den Aften havde drukket mig mit gode Humeur til; men skulle de komme og fortælle saadant hjemme, da maae jeg bede dig kjære Moder, at slaae lidt af i deres Fortællnger; jeg var rigtignok munter; men jeg var langt fra at have faaet formeget, som en stor Deel af Herrerne hvoriblandt Meyer, der midt i Selskabet allerede var saa oprømt, at han ikke saa sig istand til at holde ud til Enden, og blev derfor af en god Ven ført hjem; mit i en Sang, der blev sungen kom han hen og greb mig saa hæftigt om Halsen, at jeg troede han havde qualt mig, og alt hvad de Andre protesterede imod, at han gjorde deres Bas fortræd hjalp intet; han slap mig ikke førend Sangen var forbie; men saa loe han ogsaa umaadelig, fordi han havde bragt mig saaledes i Knibe; og af den Slags Løier var der meget, men hvad der var net, var, at ingen var saa beruset i den Grad, at det ellers generede de Andre; deres pudseerliige Adfærd foraarsagede meget mere •3• Latter, som gjorde, at det øvrige Selskab blev endmere lystigt. Siden disse Gilder har jeg igjen i lang Tiid levet ganske rolig som ellers; men nu paa Løverdag, den 21de skal Carnevalet begynde, og da bliver der formodentlig igjen lidt Afvexling, og den daglige Orden derved afbrudt, jeg tænker ikke at tage nogen Slags Maske paa, da man siiger, at liige saa mange, om ikke flere, ikke masquerer dem, og Morskaben ved at være gjort ukjendelig existerer ogsaa egentlig blodt, naaer man er iblandt mange Bekjendte, og det kan jo ikke være Tilfælde her. Der er imidlertiid Tale om en Masquerade blandt Kunstnerne, der dette Aar, som det foregaaende skulde være i det Osterie, hvor de om Aftenen kommer, og bliver denne bragt istand, da maae jeg vel, som Alle de Andre, udstafere mig mig lidt, omendskjøndt jeg endnu ikke kan viide hvori dette vil komme til at bestaae; jeg kommer jo ellers ikke sammen med dem om der[?]; men ved en saadan Leilighed synes jeg at man maae gjøre en Undtagelse, for ogsaa at faae en Idee om Saadant. Omkring i Butiquerne seer man allerede i nogle Dage Dragter, og Masker af alle Slags stillede til Skue, og ved det venitianske Palais, og paa Piazza del Populo ere allerede Tribunerne for Tilskuerne ved Hesteløbet færdige; et Karneval er vist nok en vigtig Ting for Italienerne, iøvrigt troer jeg, de som oftest lader fem være liige. Naaer nu altsaa det saa meget omtalte Karneval er forbie, skal jeg efter Løvte give Rose en lille Beskrivelse deraf, og da det Brev omtrent vil indtræffe lidt før din Geburtsdag kjære Moder, da haaber jeg at hun er i Byen, og kan meddeele dig saa meget af min Snak, som du ønsker at høre; da imidlertiid en Beskrivelse af Saadant, ikke vel kan give nogen heel Idee; men dette meget bedre lader sig gjøre mundtliigt, saa vil du allerbest kunne faae dette naaer du lader Friis eller Lund fortælle, hvad jeg maatte have glemt. – Det glæder mig at høre kjære Moder, at du nu har faaet mine Værelser bortleiede, og det vil interesere mig meget, at høre hvorledes du er fornøiet med Leierne, og hvorledes du har arrangeret det; formodentlig ere de samme Møbler der, naaer jeg undtager mine Stole, som du var saa god, at love at sætte tilsides, da de ikke ere saa ganske skikkede til at give Fremmede; du har formodentlig ogsaa maattet tømme Schatollet, og har dette været Tilfælde, da maae jeg beede dig at erindre, at lægge Kampfer paa det Sted hvor du har lagt de smaae Pendsler hen, som der fandtes, der vil ellers let gaae Orme eller Møl i dem; og mine smaae Skitzer haaber jeg at John har tage[t] sig af, da jeg ikke skjøttede om, at de skulle udstilles hos de Fremmede. Dog Alt dette behøver [jeg] jo egentlig ikke at bemærke, du har allerede medens jeg var hjemme, saa ofte arrangeret saa god[t for] mig, at jeg ingen Grund har til at tvivle om, det nu skulle være anderledes. Fortæl mig ogsaa lidt i dine Breve om hvorledes Vinteren gaaer hen, om det har været koldt hjemme, om Komedierne, om du har været i nogle Selskaber, eller Alt Saadant, som intereserer mig meget, da det kommer fra det kjære Hjem; hos Schiøtt’s tænker jeg idet minste du undertiden er, du maae endelig hilse Kammerraaden og Fruen saa meget fra mig; men glem heller Ingen af de andre deroppe eller Christian Lautrup med Gemalinde, jeg tænker at deres lille Pige nu snart er saa stor, at Pigebørnene hjemme gjerne seer, at hun kommer med naaer de andre kommer hjem, og at de afretter hende til at blive liige saa pudserliig som den lille Ida Leth engang var; det vil saa blive en Komedie mere engang igjen at see, da Athalia vel sjældent kommer til Byen med hendes lille Dame. Præstefamilien lever velsagtens godt vil jeg haabe fortæl mig lidt om hvem, der har været derude, og hvorledes Tiiden der gaaer, jeg tænker vel ogsaa at du har seet lidt ud til dem gode Moder, saadanne Tuure syntes mig altiid maatte være en lille Adspredelse; jeg haaber at du og Rose ikke forglemmer at hilse ude paa Landet, og fortælle dem lidt om hvorledes jeg har det, at jeg idet minste saaledes kan blive i deres Erindring, indtil de engang igjen seer mig komme spadserende ind af Præstegaards Porten, for at see om Kjærnemælken ikke i den lange Tiid er bleven fordærvet, eller om der endnu er nogle smaae Kager tilbage oppe paa det grønne Værelse. Kommer du derud, saa fortæl Pfaf[?], at det er et besynderliig Land jeg lever i, og at han bestemt her, er anseet for værre, end en Hedning, da han har den nydelige lille Kone; men da de gejstlige Herrer af hans Stand her maae savne saadant et Klenodie, saa have de igjen mange andre Agrements, saasom at blive kysset paa Haanden, at være klædt næsten som en Præst hjemme, og dertil saagar have Kappe og trekantet Hat. Dog dette maae være nok til Præstegaardens Degn, da jeg ellers ikke faaer Plads til ogsaa at erkyndige mig lidt om Emilie og Collet, du har vel ofte Brev fra dem, jeg tænker vel de lever godt og tænker snart paa at komme ned til dig; naar du skriver derop forglemmer du vel ikke mine Hilsener jeg ville gjerne skrive, ogsaa til dem og alle de kjære Søskende; men deels koster det, saa meget meere, deels tager det ogsaa for megen Tiid, da jeg nødig anvender Formiddagen dertil; men maae lade mig nøie med den Tiid jeg dertil har om Aftenen, og ved disse Underretninger haaber jeg ogsaa de ikke forglemmer deres Martinus, der vist ikke tænker mindre paa dem her, end da jeg var hjemme. Fra Ferdinand og Gine hørte jeg lidt i Rose’s siste Brev de havde skreven til hende, og hun var ifærd med at svare derpaa, det ville vist tidligere have forekommen den kjære Piige ganske forfærdeligt naaer man havde sagt hende at hun kom til at svare paa et Brev fra fremmede Mennesker; men den Tuur i Sommer har i saa Henseende gjort Undere, og Familien i Frederikshavn synes at have faaet en høi Stierne paa hendes Himmel, og som de vist ogsaa efter deres venlige Opførsel mod hende fortjener. – Har du fornylig hørt noget fra Tisted? er Onkel endnu rask og frisk? Emma skrev i hendes sist at hun stod i Begreb med at skrive derover, og naaer hun gjør dette igjen da maae hun virkeliig hilse ret meget; hvordan gaaer det med Othar, der •2• jo nu endelig er bleven et Slags Embedsmand. – Dog det er nu ikke vært at jeg for denne Gang indlader mig videre paa Spørgsmaal, du har seet kjære Moder at alle Nyheder modtages med Taknemelighed af hvad Slags det end er, jeg haaber derfor du snart tilfredsstiller mig; hjemme behøvede man aldrig at spørge om Saadant; thi fik man det ikke før, saa fik man det vist ved Kaffebordet om Eftermiddagen, saadanne Pasiarer savner jeg her umaadeligt, ligesom jeg hver Søndag Morgen ikke kan lade være at tænke paa det deilige Komers hjemme, det er her for mig bestandig eens, havde jeg blodt en af de kjære Sødskende skulle vi snart her ogsaa faae arrangeret det saaledes, at der dog var lidt Forskiellighed •1• i Dagene; men da jeg er ene synes jeg ikke jeg har Lyst dertil, og jeg bliver derfor ogsaa, saa meget mindre mindet om det kjære Hjem, der dog ikke lader sig flytte til Rom. I næste Uge er det jo Kammerraadens Geburtsdag, da skal du og alle de andre formodentlig derop, gid jeg ogsaa da kunne være med, men da det nu ikke lader sig gjøre, maae jeg see den Aften gaae et Sted hen, formodentlig til Jensen’s og der tilbringe den Aften, glem imidlertiid ikke at gratulere ham om det end kommer noget silde. Alle vore Huusvenner maae du, som sædvanlig hilse, Clemens og jeg skal vel i Aar igjen forsøge vores Lykke sammen i Lotteriet? om Birgitte og Thea har jeg intet hørt endnu, det er vel Tegn paa, at de har det godt. Forresten er det vel de gamle Bekjendte der jevnlig besøger Huuset. S[k]ulle du see Eckersberg, da saa siig ham at han snart skal faae Brev; men at jeg først ville see en Udstilling som her skal være. Og saa veed jeg intet at have forglemt uden det vigtigste, at hilse John, og alle de kjære Pigebørn (jeg mener dine) mine Søstre; glem ikke heller at hilse Ludvig og sige mig hvorledes han har det, og tænk fremdeeles med liige Godhed kjære Moder paa din altiid liige kjærlige Søn Martinus.
 (Lad Rose endelig viide, at du har faaet Brev, og at jeg har det godt.)</t>
   </si>
   <si>
-    <t>Modtagne breve 1834-37</t>
-[...23 lines deleted...]
-  <si>
     <t>15. jul. 1848</t>
-  </si>
-[...1 lines deleted...]
-    <t>Rose Schiøtt</t>
   </si>
   <si>
     <t>Vejle</t>
   </si>
   <si>
     <t>Marthe Johanne Hansen
 Sigvard Urne Rosenvinge Lundbye
 Claus Unger Nyborg
 John Martin Rørbye
 Frederik Christian Schiøtt
 Christian Friederich Trepka
 Holten Trepka</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/d/5iHL</t>
   </si>
   <si>
     <t>Veile den 15de Juli 1848.
 For at du ikke tidligere af Fremmede end af mig skal blive underrettet om mit Ophold i denne Deel af Jylland, faar du nu kjære Rose disse Linnier fra mig, som Beroligelse for din Frygt, vis du skulle |have| [overstreget: faaet at] hørt, at jeg allerede Natten efter at jeg havde taget Afsked fra dig Kjære, sov lige ved Barikaden af den sydlige Port i Kolding. Om Reisen har jeg Intet synderligt at fortælle dig, uden at det ofte gjorde mig ondt, at jeg ikke kunne have dig med, da jeg paa den ofte saa Steder, der vist ihøi Grad ville interresere dig at see. Saaledes er Snoghøi et særdeeles yndigt Punkt; jammer Skade, at det nu er saa frygteligt ramponeret og mere ved vore egne end de fiendtligt Tropper. Der opkastes nu Skandser paa kryds og tværs, og den deilige Hauge gjennemrodes og nedhugges paa den mest ubarmhjertige Maa[d]e. Fanden fare i all Krig, naar saaledes Kunst og Vindskibelighed gaaer tilgrunde. Onsdag Nat kom jeg som sagt til Kolding og steeg af paa Posthuuset, hvor jeg ogsaa fik godt Logi; pudseerligt var det, at jeg heller ikke havde kunnet kjøre 1 Al længere paa dansk Grund, under de nærværende Omstændigheder; thi Postgaarden ligger i den Gade der fører til Slesvig yderst ved Broen, og den saavel som Gaden var spærret ved fleere Rader Palisader etc: Huusene Barikaderede, Vinduerne tilmurede og deri anbragt Skydshuller, og overalt besat med Soldater. Jeg fik et Værelse anviist paa 1ste Sal i Huuset, og •2• netop det siste paa Gangen, mit Værelse laae altsaa sydligst; ved Siden havde jeg et lille Huus stærkt besat med Soldater og ligesaa paa den modsatte Side af Gade, og lige under mig paa selve Postgaarden var et stort Værelse der ogsaa var opfylt med Soldater. Jeg var saaledes kommen midt ind i det; men det morede mig meget; lidt stod jeg i det aabne Vindue for at høre paa Soldaterne, der holdt Vagt ved Pallisaderne; men jeg gik snart ned til dem og blandede mig i deres Diskurts. Veiret var deiligt og Seenen nye for mig; man underrettede mig om at Fjenden blodt stod ½ Miil borte, man viiste mig vore Forposter, der neppe stode ½ Fjerding Vei borte paa Høiderne omkring Byen, og jeg var saaledes halvt inde i Sagernes Stilling, da jeg blev hilset af en Ingenieur Soldat med ”god Aften Herr Professor”. Det var vores Hans, Marthes Kjæreste. Ligesaa overrasket blev jeg næste Morgen ved strax, da jeg traate ud paa Gaden at møde Frederik Schiøtt, han havde netop haft Feltvagten i det barikaderede Huus ligeover for mine Vinduer, uden naturligviis at ahne min Nærhed, der havde han lagt paa Halm, imedens jeg laae i en ret god Seng, rigtignok med den Deel af mine Klæder paa. Det var en Smule Forsigtiged, da muligviis Tyskerne kunne have rørt dem om Natten, da havde jeg maattet fortrække. Da Schiøtt blev afløst om Morgenen fik han Tilladelse til at opholde sig om Formiddagen i Byen, og i ham havde jeg saaledes en god Veiviser. Vi besøgte vore Forposter, og saae der Tyskernes Forposter ved en Kirkebye, der laae noget borte; Formiddagen gik saaledes fortræffeligt i Koldings smukke Omegn, hvor Slotsruinerne allevegne gjør en yperlig Virkning. Vil du kjære Rose beede Moder at •3• hilse Trepka fra hans Søn, jeg [saaes] med ham i Kolding, da han rykkede ud mod hans Battalion for at afløse Feltvagten. Samme Battalion saae, imellem os sagt høist ynkelig ud; men den havde rigtignok ogsaa marscheret over 2 Miil førend den kom hid for at gjøre Vagt, og det i stærk Solheede, og med fuld Oppakning. Det er Noget hvorover der klages meget, nogle Batalioner ligge fulde halvtredie Miil borte fra Kolding, og dertil maae de dog vexelviis afgive Vagt. Efter Middag kjørte jeg Schiøtt til hans Quarteer, der omtrent var 1 Miil fra Kolding og derfra gik min Vei til John, der igjen var 1½ Miil længere mod Nord, der var Fred og ingen Fare. Han var ypperligt indquarteret i en stor Bondegaard, og jeg sov fortræffeligt den Nat paa en af Ambulancens Høemadratser med et Tæppe over mig. Men hvad John angaaer, da er han værre og maaske mere gnaven end da han var hjemme, ikke fordi jeg jo blev godt modtagen; thi han viste ikke alt det Gode han vilde gjøre mig, og yttrede sin Glæde over at see mig meget uforbeholden; men jeg mærkede dog nok hvad Klokken var slagen, at tjene under ham skulle jeg bede Gud bevare mig for, de arme Ambulance Soldater fik deres Skrub, naar Leilighed gaves; Komanderen hører jo til det militaire Væsen, og han kunde sandelig ikke taale mere af dette, end hvad han alt var i Besiddelse af. Han kjørte mig ved sin Befordring hertil, og vi, tillige med Doctor Nyborg, en af hans Underlæger, havde i gaar Eftermiddag en meget smuk Tuur herifra Byen ud til Greis Mølle. Leutenant Lundbye, der er her var vor Veiviiser i denne virkelig romantiske Egn, hvorhen jeg haaber ogsaa engang at kunne føre dig kjæreste Rose; du vil troe dig hensat i de smukkeste Egne af syd Tyskland; thi dansk skulde man ikke troe at disse Omgivelser vare. De vare saa smukke at jeg i Formiddag igjen har været der tilfods. I Eftermiddag kom John igjen med den anden Underlæge Hequet, der i forbigaaende sagt er en meget vakker Mand, og Lundbye agerede paa nye Veiviiser ud til Tirsbec, hvor Egnen om muligt er endnu smukkere end Dalen ved Greis. Du vil saaledes see at jeg har nydt Veile’s smukke Omegn i den korte Tiid jeg dertil havde bestemt. Imorgen tidlig gaaer Diligentsen til Aalborg, der er jeg i Overmorgen Middag; næste •2• Dag haaber jeg derfor at være i Frederikshavn, og at modtage Brev fra dig kjære. Hils Alle de kjære Børn ret meget kys hver især fra mig, det vil more de smaae Basser. At du bringer Moder og Alle de Andre min Hilsen følger af sig selv, men det er dog ikke værd at du Meddeeler hende hvad jeg har skreven om John’s Gnavenhed, han bad mig iøvrigt ret meget at hilse dig og erkyndigede sig paa det omstændeligste om dit og Børnenes Velbefindende. •1• Klokken er nu 2 om Natten og jeg maae nu slutte for at sove lidt før Reisen imorgen; men først maae jeg anmode dig om dog ikke at economisere alt for meget under min Fraværelse, din Yttring til Therese lidt før Afskeden har jeg erindret, men ikke ganske billiget; naar du og Børnene ikke havde det fulkommen godt, naar jeg var borte, kunne heller ikke jeg have nogen Glæde, og følgelig heller ingen Nytte at min Reise. Tag af og til ogsaa en Vogn og kjør lidt med de kjære Smaae, den lille kan vel nu ogsaa være med. Naar jeg blodt var ret dygtig riig ville 20 saadanne Børn som vore ikke være mig for mange, ikke sant kjære Rose vi ville nok glæde os derved. Dog nu god Nat for denne Gang –. Om Forholdene og Stemningen her ovre kunne jeg have skrevet meget; men det er vel ikke saa vigtigt at betroe Papiret. Meget hører man her, som man i Kjøbenhavn aldrig ahner; men det er mig uvedkommende jeg tænker mest paa dig kjæreste Rose og paa vore yndige Børn og saaledes vil jeg bestandig være din Martinus.</t>
-  </si>
-[...44 lines deleted...]
-I Dag kom Posten her til Stedet; men der var intet Brev til mig kjære Rose, jeg maatte tye til dit siste og lære det endnu engang, for at jeg idet Mindste kunne indbilde mig, at jeg havde faaet Et nu. Dog, jeg kan vel tænke du har fult op at gjøre med være smaae Pudslinger, og at Tiiden ikke alletiider er til din Raadighed, og at de maae passes først, finder jeg ganske i sin Orden, naar du saa blot vil erindre mig naar Leilighed gives. – At jeg længes efter paa nye at høre hvorledes du og Børnene leve vil du finde ganske naturligt, da jeg alt har været borte i næste 3 Uger og blot modtaget et Brev; dette var vel for saavidt tilfredsstillende, da jeg hørte at Alt stod vel hjemme; men da du deri underrettede mig om, at Frue Lautrup nu, efter dit Ønske, var tagen bort, skulle det være mig meget kjært at erfare, at du nu ogsaa selv var istand til at varetage disse Sager, og dertil beholde et godt Houmeur. Det er derpaa at det især kommer an kjæreste Rose, uden det bliver Livet ofte besværligt, hvor det ellers er fult af Nydelser og Glæder. I disse Dage maae jeg ofte gjentage dette for mig selv; thi det vedvarende slette Veir gjør mig ofte ganske fortvivlet, jeg havde haabet et ret stort Udbytte af min Reise, og har til Dato næsten Intet, bliver det saaledes ved, kunne jeg have sparet mig for at være skilt fra dig og de velsignede Børn, og de Udgifter som en Reise medfører, kunne have været anvente paa en behageligere og nyttigere Maade. Men, der er vel ogsaa en Styrelse •2• i dette og endnu er der levnet mig nogen Tiid, vil Veiret da tillade det kan der endnu komme Noget i Mappen. – Mit forrige Brev modtog du fra Frederikshavn, hvor jeg tilbragte 4 Dage i øsende Regn hos Nancy, hvor jeg alligevel ikke havde ventet at kunne arbeide synderligt; jeg befant mig altsaa meget vel i hendes gjæstfrie Huus, og naar Regnen tillod det, gjorde vi en og anden Visite til Byens Honoratiores, der under mit forrige Ophold her havde vist mig Høflighed. Vi vare saaledes ogsaa hos Doctor Wilumssen hvis nydelige Kone nu var dobbelt smuk ved hendes Svangerskab; hvis dine brune Pletter i Ansigtet og paa Halsen endnu ikke ere ganske borte, da kan jeg trøste dig med at de snart forsvinde; thi Frue W. saae nu fuldkommen ligedan ud, og da jeg paa anden Haand erkyndigede mig derom, erfarede jeg at hun alletiider under lignende Omstændigheder havde været saaledes; men, at det seenere aldeeles forsvant, og er det altsaa saaleedes Tilfælde med den ene smukke Kone, maae det jo rimmeligviis ogsaa være det med en Anden. Under mit Ophold der i Byen har du og vore Børn ofte været Gjenstand for min Samtale med Byens Familier, du har der et stort Rye ved Gines og Nancys Relationer til dem, der ikke vare der, da du gjæstede Frederikshavn; nu var der en bestandig Spørgen af Damerne hvormange Børn du havde, hvorledes de saae ud, etc: etc: dette gav endog i Kalls Huus Anledning til en snurrig Yttring af Nancys lille William, der ligesom Terese ikke kunne faae i sit Hoved hvor Drengene vare; han kom meget troskyldig hen til mig og sagde ”Onkel Matinus lad mig see du faaer nogen Drenne”. Det var naturligviis til stor Glæde for de Tilstedeværende. Man er i Frederikshavn •3• just ikke synderlig tilbageholden Yttringer i denne Retning, og til et vist Punkt kan jeg ogsaa ret godt tale med; men hvores gode Svigerinde overskrider ikke siældent dette, og da bliver jeg paa engang stum; saa meget Snerperie er mig imod, ligesaa meget finder jeg et uanstændigt Sprog uden Viid fordømmeligt og især hos en Dage. Med Nancy er dette langt fra Tilfælde, har hun nogen fremragende Feil, da er det hendes umaadelige Snakken. – Nancys siste lille Pige er et fuldkommen Siidestykke til Terese som Barn, hun er virkelig næsten til at lee af saa tyk og rubust er hun; paa de andre Børn saae jeg ingen synderlig Forandring; N talte meget om en lille Tour til Kjøbenhavn og hun ønskede da at medtage Hariette og Elna hvis lespende Stemme volder Nancy nogen Bekymring, og betvivler imidlertiid, at der fra den lægevidenskabelige Siide lader sig gjøre noget derfor. – Dog kjære Rose nu lidt om min fremtidige Reise: I overmorgen forlader jeg Skagen, hvis det for Regn er gjørligt, min Agt er at reise langs ned af Stranden til Uggebye Bro og derfra gjennem Landet til Hjørring; der venter jeg muligt hos Blesbergs at finde Brev fra dig, da jeg har paalagt Nancy at sende dine Breve did; da jeg fra Hjørring agter mig ned til Kysten i Vest og navnlig til Lønstrup, Løkken og Blokhuusene kan Blesberg bedre besørge mine Breve til det Sted, hvor jeg vil underrette ham om at jeg opholder mig. Jeg haaber saaledes, at ingen af dine Breve skal forfeile mig; du kan ogsaa nu om du ønsker addressere dit Brev directe til B i Hjørring, og det bliver da det siste jeg paa denne Tuur modtager fra dig; jeg agter nemlig at indrette det saaledes, at jeg kan være hos dig Fredagen den 11te August. Det er med Iris jeg da vil komme og jeg haaber da |at| finde dig kjæreste Rose og alle Børnene muntre og tilfredse. Jeg længes meget efter at see hvormeget den lille har forandret sig til det bedre, jeg mener naturligviis til det større; thi smukkere kunne hun vel neppe blive, ikke sandt? Du maae endelig tale lidt til Elna mig, at jeg ikke skal have den Sorg at hun har glemt mig, med Athalia og Therese har det vel ingen Nød. Lad Athalia skrive det Brev •2• til mig, du sist talte om, du maae siige hende, at jeg længes meget derefter. Besynderlig er den Kjærlighed man har til sine Børn, den største Ubetydelighed, naar den blot angaaer dem har Interesse, og dette i en endnu langt høiere Grad, naar man er fjernet fra dem; men Noget lignende gjælder jo ogsaa om dig, men du kan vist neppe taale at jeg siiger dig det, og jeg vil altsaa tie, for at jeg ikke skal finde dig ganske •1• fordærvet og kjæphøi, naar jeg kommer hjem; jeg vil helst see en kjærlig og god Kone, der viiser en skrømtet Tilfredshed, kort sagt kjæreste Rose, jeg vil have Gjengjæld. Og nu for i Aften Farvel, Klokken er igjen bleven mange, det er over Midnat; men her er ingen Vægter der bebuder dette, uden for brummer Havet og Stormen hviner i Klitten, jeg har det godt herinde, jeg har tænkt paa dig og de kjære Smaae, naar de vaagner, tænker jeg vil du faae disse Linnier, og da see at jeg bestandig er din hengivne Ven Martinus.</t>
   </si>
   <si>
     <t>Malerier solgt på Rørbyes dødsboauktion 22. feb 1849</t>
   </si>
   <si>
     <t>Værkfortegnelse</t>
   </si>
   <si>
     <t>Afskrift efter auktionskataloget over Rørbyes dødsboauktion, 22. februar 1849. Afskriften omfatter kun katalogets s. 3-7, der vedrører malerier.</t>
   </si>
   <si>
     <t>https://roerbye.ktdk.dk/d/eUY9</t>
   </si>
   <si>
     <t>I. Fuldførte Malerier.
 a) i forgyldte Rammer.
 Nr.
 1 En græsk Skrædder.
 2 Parti af Kirken St. Benedetto ved Subiaco, signeret 18 October 1836.
 3 Udsigt fra Acropolis udover Sletten.
 4 En Strandingscommissair ved Skagen. 1848.
 b) uden Rammer.
 5 En siddende Nubier. Roma 1839.
 6 En hvilende Tyrk. 1845. 
 7 En siddende Dito 1845. [ved nr. 6-7:] Udførte i Kjøbenhavn efter Naturen.
@@ -585,51 +585,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://roerbye.ktdk.dk/n/gt3TlNHK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/9lU2ydQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/vxHc0wmt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/xkjJHjOq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/vTBEk3Nf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/6HYu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/V5ws" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/UVJHM8fT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/5iHL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/h7s9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/gVQ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/eUY9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://roerbye.ktdk.dk/d/h7s9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/vxHc0wmt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/UVJHM8fT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/xkjJHjOq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/gt3TlNHK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/9lU2ydQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/n/vTBEk3Nf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/6HYu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/gVQ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/V5ws" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/5iHL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://roerbye.ktdk.dk/d/eUY9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M13"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -663,557 +663,557 @@
         <v>7</v>
       </c>
       <c r="I1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C2" s="5" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="C2" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E2" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="I2" s="5"/>
-      <c r="J2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J2" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="K2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L2" s="6" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="M2" s="5"/>
+        <v>21</v>
+      </c>
+      <c r="M2" s="5" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="I3" s="5"/>
       <c r="J3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L3" s="6" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="M3" s="5"/>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="I4" s="5"/>
       <c r="J4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L4" s="6" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="M4" s="5"/>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I5" s="5"/>
       <c r="J5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L5" s="6" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="M5" s="5"/>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="I6" s="5"/>
       <c r="J6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L6" s="6" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="M6" s="5"/>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>29</v>
-[...11 lines deleted...]
-        <v>33</v>
+        <v>24</v>
+      </c>
+      <c r="C7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-      <c r="J7" s="5" t="s">
         <v>36</v>
+      </c>
+      <c r="I7" s="5"/>
+      <c r="J7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L7" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="M7" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M7" s="5"/>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H8" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="B8" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H8" s="5" t="s">
+      <c r="I8" s="5"/>
+      <c r="J8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L8" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="I8" s="5" t="s">
-[...15 lines deleted...]
-      </c>
+      <c r="M8" s="5"/>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C9" s="5" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="C9" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="I9" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="I9" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="J9" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="K9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L9" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="M9" s="5"/>
+      <c r="M9" s="5" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>49</v>
       </c>
       <c r="F10" s="5" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
         <v>50</v>
       </c>
       <c r="I10" s="5"/>
       <c r="J10" s="5" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="K10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L10" s="6" t="s">
         <v>51</v>
       </c>
       <c r="M10" s="5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
         <v>53</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="E11" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H11" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="F11" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H11" s="5" t="s">
+      <c r="I11" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="I11" s="5"/>
       <c r="J11" s="5" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="K11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L11" s="6" t="s">
         <v>56</v>
       </c>
       <c r="M11" s="5" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
         <v>58</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>59</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
         <v>60</v>
       </c>
       <c r="I12" s="5"/>
       <c r="J12" s="5" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="K12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L12" s="6" t="s">
         <v>61</v>
       </c>
       <c r="M12" s="5" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
         <v>63</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>64</v>
       </c>
       <c r="C13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>